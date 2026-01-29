--- v0 (2025-11-12)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6479137df80c4e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/993507898fd0429b801b4af01e9d9dfc.psmdcp" Id="Rfc5d5506e2834f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01b16eea2a6427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffa1bccd0e50427683cddcbe8ce83620.psmdcp" Id="R254f890a1bd94813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0810</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0810/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -520,395 +520,178 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02722V03289" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age at which Full Time Education Ceased" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L433" totalsRowShown="0">
   <x:autoFilter ref="A1:L433"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02722V03289"/>
     <x:tableColumn id="6" name="Age at which Full Time Education Ceased"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1181,51 +964,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0810/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1412,51 +1195,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -17902,51 +17685,51 @@
       <x:c r="I433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>26881</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17963,51 +17746,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0810"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -18510,27 +18293,6076 @@
         <x:n v="55450"/>
         <x:n v="4931"/>
         <x:n v="1997"/>
         <x:n v="5590"/>
         <x:n v="21984"/>
         <x:n v="3943"/>
         <x:n v="3924"/>
         <x:n v="4308"/>
         <x:n v="8773"/>
         <x:n v="172682"/>
         <x:n v="17817"/>
         <x:n v="9207"/>
         <x:n v="18311"/>
         <x:n v="51441"/>
         <x:n v="16257"/>
         <x:n v="15809"/>
         <x:n v="16959"/>
         <x:n v="26881"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306272"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153644"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267987"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="825570"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257443"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241189"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295924"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418634"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427067"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272186"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135445"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="232524"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="723906"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224996"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209802"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262445"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365763"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554303"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83728"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34537"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61138"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146942"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45668"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45170"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59573"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77547"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255518"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31520"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14444"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21652"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72296"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20716"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30911"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39886"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="368697"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42705"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22561"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30756"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99446"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36434"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33657"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46371"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56767"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="316980"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31308"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18608"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26526"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94391"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32352"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28910"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37413"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47472"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="380017"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34672"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21427"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39019"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112189"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36847"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36839"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40134"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58890"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100121"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10008"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10268"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27815"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9426"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72570"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7245"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22006"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7232"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6319"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11760"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84902"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30102"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8070"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7457"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64258"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24654"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5832"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5213"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9722"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38417"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15844"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25344"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10696"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60227"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5472"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26211"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4231"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105713"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10538"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41314"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7666"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7719"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8383"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16942"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34086"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35463"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101664"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32447"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31387"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33479"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52871"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153540"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77697"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134198"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388972"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128046"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120688"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148268"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207371"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1191866"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137271"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68705"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117046"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338749"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111856"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105110"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131748"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="181381"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291680"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45791"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19594"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35951"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65858"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24553"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25093"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41572"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133163"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17038"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7772"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11879"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35073"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12710"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11015"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16865"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20811"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191929"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22827"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16320"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49579"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19139"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17709"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24561"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29809"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142610"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8661"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11811"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40776"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17055"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21929"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164012"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14749"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9302"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16278"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48836"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16018"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16080"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17060"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25689"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41053"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11202"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33147"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10109"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3011"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5533"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39059"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14399"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32124"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12594"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4855"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21379"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8812"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15264"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36183"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3179"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15714"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50263"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19330"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4075"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8169"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166914"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16269"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50223"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16190"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15578"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16520"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25990"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152732"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75947"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133789"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="436598"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129397"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120501"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147656"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total persons"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211263"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1235201"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134915"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66740"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115478"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="385157"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113140"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104692"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130697"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184382"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262623"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37937"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14943"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25187"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81084"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21115"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20077"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26305"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Under 15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35975"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122355"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14482"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37223"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9701"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14046"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="15 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19075"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176768"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19878"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10576"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14436"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49867"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17295"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15948"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21810"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="16 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26958"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174370"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16730"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14715"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53615"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17931"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15531"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20358"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="17 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25543"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="216005"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19923"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12125"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22741"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63353"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20829"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20759"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23074"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="18 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33201"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59068"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3217"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6096"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16613"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5701"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5633"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6409"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="19 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39423"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4210"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11897"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="20 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6227"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45843"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4663"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15703"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="21 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32134"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12060"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2567"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="22 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4867"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17038"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="23 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10080"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="24 years"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24044"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10497"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="25 years and over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55450"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5590"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21984"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3943"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4308"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172682"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17817"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9207"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18311"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51441"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16257"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15809"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16959"/>
+  </r>
+  <r>
+    <s v="A0810"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+</pivotCacheRecords>
 </file>