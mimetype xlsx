--- v1 (2026-01-29)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01b16eea2a6427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ffa1bccd0e50427683cddcbe8ce83620.psmdcp" Id="R254f890a1bd94813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193b1e2b8edd4797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/faa21ac1e02e4085a978c7366fc1c262.psmdcp" Id="R9d4b639fd4c546c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>