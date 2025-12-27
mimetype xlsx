--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf0cbc5e3b6d4d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed8bb58574c64260a5622dc4dd3693ed.psmdcp" Id="Rc7c70516b77f4d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2db76c0027d429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62b80a31112440b18af0a4b2244505e9.psmdcp" Id="R13255a6d7a334170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0807</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over whose Full-time Education has Ceased</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0807/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -472,347 +472,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L253" totalsRowShown="0">
   <x:autoFilter ref="A1:L253"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02757V03327"/>
     <x:tableColumn id="4" name="Highest Level of Education Completed"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1085,51 +904,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0807/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1316,51 +1135,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L253"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="71.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10966,51 +10785,51 @@
       <x:c r="I253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L253" s="0">
         <x:v>27171</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11027,51 +10846,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L253" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0807"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02757V03327">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="98"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Highest Level of Education Completed">
       <x:sharedItems count="7">
@@ -11384,27 +11203,3556 @@
         <x:n v="4403"/>
         <x:n v="2699"/>
         <x:n v="1704"/>
         <x:n v="5530"/>
         <x:n v="3168"/>
         <x:n v="2362"/>
         <x:n v="1948"/>
         <x:n v="1002"/>
         <x:n v="946"/>
         <x:n v="3402"/>
         <x:n v="1217"/>
         <x:n v="2185"/>
         <x:n v="1091"/>
         <x:n v="613"/>
         <x:n v="478"/>
         <x:n v="40395"/>
         <x:n v="13224"/>
         <x:n v="27171"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427067"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="893103"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254546"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170139"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84407"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106262"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80007"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26255"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210032"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164708"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45324"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="461157"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363123"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98034"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323992"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206241"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117751"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239257"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166999"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72258"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="193812"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118751"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75061"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122172"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79615"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42557"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207370"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104411"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102959"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57374"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22048"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="251093"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44644"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206449"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="693341"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269913"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="423428"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33383"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14481"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18902"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11319"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7077"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66565"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29512"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37053"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102979"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43448"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59531"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83213"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41354"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41859"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100152"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46777"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53375"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33876"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16915"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16961"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112268"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50858"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61410"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26410"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15634"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121424"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110057"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="490635"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="327292"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163343"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46181"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27324"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18857"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12430"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93594"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72157"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21437"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95901"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68104"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66648"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51822"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14826"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45647"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34635"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33382"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22444"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40590"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23998"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16592"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13455"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10445"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39734"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9150"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30584"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="701720"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512134"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189586"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96605"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64033"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32572"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9120"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7469"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46320"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34351"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11969"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212440"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="181335"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31105"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100542"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75917"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24625"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70840"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58659"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12181"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36849"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29425"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7424"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39966"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28446"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11520"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39381"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20745"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18636"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12196"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9743"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37461"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7829"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29632"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225146"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185021"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40125"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35228"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28252"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14448"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59368"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48537"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10831"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57297"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53291"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4006"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16027"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13737"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11268"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9999"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8753"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7256"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8429"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5642"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237142"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204468"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32674"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39784"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34195"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75749"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66576"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9173"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76794"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68407"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8387"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24038"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22057"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2738"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4105"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79083"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35136"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43947"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5805"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40395"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="A0807"/>
+    <s v="1996 Population Aged 15 Years and Over whose Full-time Education has Ceased"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27171"/>
+  </r>
+</pivotCacheRecords>
 </file>