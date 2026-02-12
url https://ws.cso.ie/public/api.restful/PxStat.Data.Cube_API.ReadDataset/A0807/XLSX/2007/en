--- v1 (2025-12-27)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2db76c0027d429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62b80a31112440b18af0a4b2244505e9.psmdcp" Id="R13255a6d7a334170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b4c1d6c11642c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78b29ef87aa34a39aa5b08fc4ab0f282.psmdcp" Id="Rf7c1de686b7944fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>