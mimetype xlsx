--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b4c1d6c11642c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78b29ef87aa34a39aa5b08fc4ab0f282.psmdcp" Id="Rf7c1de686b7944fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a90aa0232934a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45525c4085824721aedf206cf495a759.psmdcp" Id="R36d69fe8ce454e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>