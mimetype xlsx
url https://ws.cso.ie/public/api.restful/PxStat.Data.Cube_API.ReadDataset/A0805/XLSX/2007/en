--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65cfbcdfae09437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c698e73e2a34450bab52517d38ec36c.psmdcp" Id="R30ae3c7e779c4ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b90c7decd34b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e5282d930894dad82f5e38ed7a99468.psmdcp" Id="R17a58a9d7273496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0805</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0805/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -580,475 +580,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L589" totalsRowShown="0">
   <x:autoFilter ref="A1:L589"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02757V03327"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1321,51 +1044,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0805/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1552,51 +1275,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L589"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23970,51 +23693,51 @@
       <x:c r="I589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L589" s="0">
         <x:v>12662</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24031,51 +23754,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L589" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0805"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -24731,27 +24454,8260 @@
         <x:n v="88"/>
         <x:n v="81"/>
         <x:n v="93"/>
         <x:n v="1019"/>
         <x:n v="1222"/>
         <x:n v="126"/>
         <x:n v="70"/>
         <x:n v="82"/>
         <x:n v="885"/>
         <x:n v="59"/>
         <x:n v="147"/>
         <x:n v="1459"/>
         <x:n v="575"/>
         <x:n v="108"/>
         <x:n v="4"/>
         <x:n v="4942"/>
         <x:n v="12261"/>
         <x:n v="12662"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140625"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26819"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69985"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22616"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32339"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23852"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61535"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109798"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64857"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89228"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141504"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156259"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39407"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19598"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35319"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68076"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7081"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27524"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126592"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61709"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39844"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10670"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11115"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113472"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506372"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62338"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9770"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8408"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13535"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33800"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25577"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18253"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24721"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35547"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264125"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269913"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34767"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22654"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8473"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11879"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19859"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34626"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25895"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18044"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39939"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34385"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4246"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28695"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="318124"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9168"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="327292"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30420"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13649"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29722"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10059"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9549"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22710"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30949"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21469"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28718"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80962"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71986"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7102"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16991"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44504"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20400"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6858"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27976"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="503678"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8456"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512134"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6264"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12871"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26069"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15880"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11857"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22582"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6486"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15127"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9462"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5722"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183488"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185021"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19834"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10880"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7947"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25163"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8251"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17764"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20608"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50330"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202888"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204468"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14755"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34069"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35136"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127627"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25919"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67284"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8538"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25464"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17857"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40574"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106805"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44217"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82231"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27555"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83179"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25758"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28300"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14885"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16463"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49760"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21914"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9815"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10905"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67774"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943496"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58586"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9389"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33303"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24912"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10806"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21574"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208514"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212519"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31801"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21861"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9445"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13458"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33865"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24556"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20520"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13117"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17042"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219986"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225877"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26155"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13230"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28523"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7090"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13224"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30091"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14345"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25458"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13749"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37115"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16414"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9091"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15638"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="289115"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4592"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293707"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8312"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9383"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3569"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91477"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92269"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13764"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4766"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17467"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14070"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8191"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4175"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18283"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112596"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113464"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21808"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22474"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14078"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6875"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20961"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20640"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113949"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73080"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13649"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7019"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53191"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76832"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40255"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17930"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45698"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562876"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3752"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12830"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13973"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55611"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57394"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6401"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14789"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19419"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21268"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98138"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101415"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4265"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9486"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7124"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67213"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34871"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14685"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28090"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11309"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12338"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="214563"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218427"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21573"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2280"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20643"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10039"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6856"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2801"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92011"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92752"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12417"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3146"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32047"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90292"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91004"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4942"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12261"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="A0805"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12662"/>
+  </r>
+</pivotCacheRecords>
 </file>