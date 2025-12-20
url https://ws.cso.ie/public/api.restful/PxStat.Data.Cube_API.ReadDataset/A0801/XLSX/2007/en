--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe620c8fbc546f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf6e33dfe6d44b4db27d81d71e40e30f.psmdcp" Id="R2a6002ca19594cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8463221953af4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6af42f4e34bf4c0394139174f1b61be9.psmdcp" Id="Rce6010033bce439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0801</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0801/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P8</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 8 - Education and Qualifications 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -523,403 +523,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02757V03327" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L865" totalsRowShown="0">
   <x:autoFilter ref="A1:L865"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02757V03327"/>
     <x:tableColumn id="8" name="Highest Level of Education Completed"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1192,51 +969,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0801/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1423,51 +1200,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -34329,51 +34106,51 @@
       <x:c r="I865" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J865" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K865" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L865" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34390,51 +34167,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0801"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="16">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
@@ -35334,27 +35111,12124 @@
         <x:n v="373"/>
         <x:n v="499"/>
         <x:n v="1003"/>
         <x:n v="1034"/>
         <x:n v="20532"/>
         <x:n v="24093"/>
         <x:n v="12143"/>
         <x:n v="14475"/>
         <x:n v="1594"/>
         <x:n v="2034"/>
         <x:n v="2525"/>
         <x:n v="2407"/>
         <x:n v="465"/>
         <x:n v="940"/>
         <x:n v="670"/>
         <x:n v="720"/>
         <x:n v="3135"/>
         <x:n v="3517"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2585145"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2302081"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427067"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="765204"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="693341"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="472892"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="490635"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="683060"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="701720"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109807"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225146"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="191588"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237142"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79530"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79083"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="283064"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339596"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1270580"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1130508"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1191866"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="391922"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="353170"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="235214"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249340"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="313530"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="327833"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50262"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100264"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="102400"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124925"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37180"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36334"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="140072"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166914"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1314565"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1171573"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1235201"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="373282"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340171"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="237678"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241295"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="369530"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="373887"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="59545"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124882"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="89188"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112217"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42350"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42749"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="142992"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172682"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="335026"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339536"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="96073"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74722"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11730"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8226"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35865"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27259"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38669"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33607"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="238953"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264814"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="171408"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173950"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55264"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44537"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7306"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22833"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17967"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20236"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18589"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="116144"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129413"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="163618"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165586"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40809"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30185"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3077"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13032"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9292"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18433"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15018"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="122809"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135401"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="266572"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293354"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="227573"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230943"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16411"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13200"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="58334"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47854"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="106657"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100164"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20592"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39192"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18025"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23947"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7554"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6586"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38999"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62411"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="136479"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149143"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="115283"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118259"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34140"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28943"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50634"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50476"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9188"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17030"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10374"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21196"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30884"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130093"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144211"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="112290"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112684"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5402"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24194"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18911"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="56023"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49688"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11404"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22162"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10070"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13573"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17803"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31527"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="246321"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259045"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="243081"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="252327"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22588"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15666"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="67415"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58004"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="98271"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92630"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19330"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39216"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29369"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40237"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6574"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6718"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="120660"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129363"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118760"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125669"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11825"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8610"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37739"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32729"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43092"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43751"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9196"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17777"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19191"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="125661"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129682"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="124321"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126658"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10763"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7056"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29676"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25275"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55179"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48879"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21439"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15739"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21046"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="249071"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="260929"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="248137"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258826"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33069"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21978"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="68644"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69278"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="94783"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93199"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16554"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32902"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29288"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35437"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5799"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="123168"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127735"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="122667"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126618"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16530"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36829"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38187"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42982"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41033"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8465"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15537"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14738"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17135"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="125903"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133194"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="125470"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132208"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16539"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10452"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31815"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31091"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51801"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52166"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17365"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14550"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18302"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="237889"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255676"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="237493"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254432"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="53654"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32648"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60230"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69249"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="77553"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88227"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13844"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26708"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26733"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32018"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5582"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118724"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126140"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118549"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125508"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27568"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16299"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29917"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36570"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36620"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40400"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6888"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14753"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16448"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2749"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="119165"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129536"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118944"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128924"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26086"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16349"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30313"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32679"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40933"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47827"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13666"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15570"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="225683"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240441"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="225429"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239605"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="77440"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53539"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="47908"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59860"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="61696"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71729"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9819"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21670"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22588"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27409"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5978"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5398"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="113856"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120064"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="113780"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119699"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42009"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27672"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21203"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29738"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29715"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34078"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10289"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13337"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15246"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="111827"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120377"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="111649"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119906"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35431"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25867"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26705"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30122"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31981"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37651"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11381"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9251"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12163"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="187762"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225400"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="187610"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224793"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="74435"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78546"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34671"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45176"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48855"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56094"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7247"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17014"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17287"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22367"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5115"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="95443"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113816"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="95398"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113510"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41257"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42526"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14669"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20515"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23325"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26895"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13271"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="92319"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111584"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="92212"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111283"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33178"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36020"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20002"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24661"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25530"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29199"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9341"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6851"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9096"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="156806"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186647"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="156732"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186249"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71366"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75447"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24755"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32264"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38085"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44119"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12954"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12375"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16698"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79861"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94818"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79843"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94617"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39588"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41780"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10234"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13869"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18094"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21028"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7353"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76945"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91829"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76889"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91632"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31778"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33667"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14521"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18395"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19991"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23091"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="142549"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153807"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="142512"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153591"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="73308"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70973"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19774"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22371"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31484"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34363"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3986"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9458"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9608"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71665"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77809"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71659"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77664"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39714"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38969"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9336"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14398"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16251"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3799"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5832"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="70884"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75998"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="70853"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75927"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33594"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32004"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11681"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13035"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17086"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18112"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="134566"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137946"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="134550"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137770"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76694"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71631"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16277"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17721"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26217"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27370"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7679"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8815"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4640"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="65591"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68690"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="65581"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68558"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40249"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38188"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6375"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11073"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12596"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="68975"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69256"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="68969"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69212"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36445"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33443"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9902"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10511"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15144"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14774"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130752"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126809"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130744"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126774"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79266"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72428"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14368"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14461"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23347"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5481"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6083"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6687"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5158"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5782"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60956"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60256"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60955"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60245"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39390"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37037"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5430"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9507"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="69796"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66553"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="69789"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66529"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39876"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35391"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9057"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9031"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13840"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12913"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109325"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112542"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="109325"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112525"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="69105"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68310"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17302"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17612"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4401"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5026"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49183"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50124"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49183"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50115"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32868"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32351"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6882"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6766"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2848"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60142"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62418"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60142"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62410"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36237"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35959"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7504"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10846"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="84082"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84097"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="84082"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84083"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55730"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52736"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8153"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10860"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5173"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35713"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35228"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35713"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35223"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25003"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23450"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48369"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48869"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48369"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48860"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30727"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29286"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6758"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7348"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49301"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55771"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49300"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55764"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32202"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36252"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4713"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2187"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18965"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21074"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18965"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21074"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14529"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30336"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34697"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30335"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34690"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18868"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21723"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29440"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34663"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29440"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34663"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18206"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21761"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10570"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10570"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7286"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20532"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-2"/>
+    <s v="Total education ceased and not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20532"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total whose full-time education has ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Primary (incl. no formal education)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14475"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Lower secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Upper secondary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Third level non-degree"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Third level degree or higher"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0801"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-1"/>
+    <s v="Total whose full-time education has not ceased"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>