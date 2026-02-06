--- v1 (2025-12-20)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8463221953af4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6af42f4e34bf4c0394139174f1b61be9.psmdcp" Id="Rce6010033bce439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172431d0d7904a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d09623ccae543e38c5deb2d7d61731b.psmdcp" Id="R899a9849cc814163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>