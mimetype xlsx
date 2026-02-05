--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67950e551aa84197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db0fad2f97c646c7974664553fbe0d90.psmdcp" Id="Rc8fd0038cd244ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1417eb09470749d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/525ceb0d52414878a18f9ec5a24f085b.psmdcp" Id="Ra6e81fa9b4444349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0717</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0717/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Occupations 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1114,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0717/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1345,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12363,51 +12176,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>103226</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12424,51 +12237,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0717"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12819,27 +12632,4060 @@
         <x:n v="26313"/>
         <x:n v="1004"/>
         <x:n v="25309"/>
         <x:n v="34995"/>
         <x:n v="936"/>
         <x:n v="34059"/>
         <x:n v="15140"/>
         <x:n v="2899"/>
         <x:n v="12241"/>
         <x:n v="72407"/>
         <x:n v="17945"/>
         <x:n v="54462"/>
         <x:n v="13058"/>
         <x:n v="1057"/>
         <x:n v="12001"/>
         <x:n v="103548"/>
         <x:n v="322"/>
         <x:n v="103226"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1232699"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299181"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170139"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129042"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120958"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80007"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40951"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231440"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164708"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66732"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="498229"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363123"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135106"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="367610"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206241"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161369"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264951"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166999"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97952"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212238"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118751"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93487"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143692"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79615"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64077"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237002"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104411"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132591"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61345"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26019"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="330017"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44644"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="285373"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339536"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71788"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267748"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38412"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36835"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11042"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10888"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19526"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17433"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51723"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20197"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31526"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54873"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15250"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39623"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34240"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11086"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23154"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26633"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9458"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17175"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20040"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18883"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27853"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26928"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6533"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48661"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7071"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41590"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293354"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217779"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75575"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19338"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11781"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7557"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11075"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22698"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19068"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79601"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73673"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39091"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33406"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33765"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30185"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20580"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18051"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3155"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7522"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6909"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47039"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36586"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="519974"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="435593"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84381"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55515"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47498"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30032"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27341"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53952"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51157"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129580"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122078"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71840"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57011"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14829"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55526"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48142"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7384"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35526"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29107"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6419"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18049"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5107"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18386"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14080"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4306"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11471"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9744"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34990"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11386"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23604"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="496117"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="366161"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129956"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66146"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49349"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16797"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25402"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20298"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5104"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52496"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46892"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5604"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95102"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81853"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13249"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70810"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48039"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22771"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47125"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35468"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11657"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37139"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27217"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9922"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31972"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22861"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9111"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31316"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21065"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10251"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8659"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29950"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23207"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="412047"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272844"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139203"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56279"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39041"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18993"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14262"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37488"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31393"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61053"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45910"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15143"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57103"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35595"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21508"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41053"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27624"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13429"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33162"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22777"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10385"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29640"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20586"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9054"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39934"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25122"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14812"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5139"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29853"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24458"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291753"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135301"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156452"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33060"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17308"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15752"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11624"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22093"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13056"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9037"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36930"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17410"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19520"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36120"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16031"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20089"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26929"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24203"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11205"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17218"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40987"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22310"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18677"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6613"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35976"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3274"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32702"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413882"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34498"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="379384"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30431"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26846"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12790"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10000"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23187"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44240"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42238"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37773"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36864"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26313"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25309"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34995"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34059"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15140"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12241"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72407"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17945"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54462"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13058"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12001"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103548"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="A0717"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103226"/>
+  </r>
+</pivotCacheRecords>
 </file>