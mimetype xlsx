--- v0 (2025-11-10)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb53e515b9004b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f0087061c3a49e9a1a5e5510a880b95.psmdcp" Id="R5396b3e51b784f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a33ded07494c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92f23323ae3748d98334ed756285c4fd.psmdcp" Id="R4c93dce5367446f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0714</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0714/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Occupations 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -502,371 +502,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02728V03296" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Labour Force" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02196V02652"/>
     <x:tableColumn id="4" name="Regional Authority"/>
     <x:tableColumn id="5" name="C02728V03296"/>
     <x:tableColumn id="6" name="Socio Economic Group"/>
     <x:tableColumn id="7" name="C02704V03272"/>
     <x:tableColumn id="8" name="Labour Force"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1139,51 +940,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0714/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1370,51 +1171,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="19.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26068,51 +25869,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>44932</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26129,51 +25930,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0714"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="IE11"/>
         <x:s v="IE12"/>
         <x:s v="IE13"/>
         <x:s v="IE21"/>
         <x:s v="IE22"/>
         <x:s v="IE23"/>
         <x:s v="IE24"/>
         <x:s v="IE25"/>
       </x:sharedItems>
     </x:cacheField>
@@ -26887,27 +26688,9100 @@
         <x:n v="49297"/>
         <x:n v="45246"/>
         <x:n v="21406"/>
         <x:n v="19768"/>
         <x:n v="27891"/>
         <x:n v="25478"/>
         <x:n v="14238"/>
         <x:n v="10223"/>
         <x:n v="9203"/>
         <x:n v="6053"/>
         <x:n v="5035"/>
         <x:n v="4170"/>
         <x:n v="45012"/>
         <x:n v="51263"/>
         <x:n v="4802"/>
         <x:n v="6331"/>
         <x:n v="40210"/>
         <x:n v="44932"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2585145"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1382870"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1202275"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1232699"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="243530"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299181"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130008"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170139"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="113522"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129042"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="104707"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120958"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="64678"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80007"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40029"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40951"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="186086"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231440"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="131687"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164708"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="54399"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66732"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="460260"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="498229"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="328953"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363123"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="131307"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135106"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="368685"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="367610"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="202694"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206241"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="165991"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161369"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="222409"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264951"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="133283"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166999"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="89126"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97952"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="222713"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212238"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="117834"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118751"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="104879"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93487"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="131703"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143692"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="69593"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79615"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="62110"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64077"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="266561"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237002"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118370"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104411"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="148191"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132591"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="75090"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61345"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45485"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29605"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26019"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="303401"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="330017"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40285"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44644"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="263116"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="285373"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="290882"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="306272"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="151304"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164591"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="139578"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141681"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20201"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25806"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10777"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14247"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11559"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7701"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8503"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5641"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18712"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22692"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12831"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15562"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40608"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44411"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29272"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32416"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11995"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42959"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43852"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24701"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25149"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18258"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26171"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34057"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16278"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22519"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9893"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11538"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28407"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26829"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14595"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14420"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13812"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12409"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16627"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17282"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9285"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45785"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39753"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19731"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16890"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26054"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22863"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9192"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8955"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5041"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34519"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34132"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4309"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30210"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30711"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="145105"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153644"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="74762"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82236"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="70343"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71408"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9423"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12586"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4406"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5483"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4011"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8963"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11060"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6402"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21951"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24159"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15117"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17152"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7007"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21494"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22663"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11738"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12647"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9756"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10016"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12615"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14664"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7314"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9170"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5301"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5494"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12266"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13427"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6136"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6388"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7402"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7933"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3999"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4482"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23156"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20725"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12617"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11209"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5160"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2955"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16800"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17110"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14906"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15533"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="250572"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267987"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="128953"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142779"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="121619"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125208"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17241"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22815"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9508"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13326"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9489"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9095"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9637"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17358"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22427"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12002"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15613"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33441"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38347"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24629"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28593"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8812"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9754"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27478"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29310"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15784"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17138"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11694"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12172"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16399"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21007"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10267"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13911"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7096"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19642"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20432"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10377"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11636"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9265"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8796"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13288"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14636"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7065"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6223"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6600"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="57919"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48579"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25205"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20470"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32714"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28109"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6578"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2460"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32133"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34832"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28019"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30709"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="773047"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="825570"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="436027"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484079"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="337020"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="341491"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="98308"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113457"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52575"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65736"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45733"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47721"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43529"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52878"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27137"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35100"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16392"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17778"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="66247"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80767"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="47854"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59405"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18393"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21362"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="185902"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="192585"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="133198"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140519"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52704"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52066"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="115573"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105617"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="62799"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58581"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52774"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47036"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71996"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77004"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43496"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48371"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28500"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28633"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="58510"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54153"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33215"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32427"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25295"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21726"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31764"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36344"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20607"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14987"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15737"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="94368"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107042"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15477"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20210"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="78891"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86832"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="229346"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257443"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="124169"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146322"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="105177"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111121"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25241"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33605"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18925"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11802"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14680"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8720"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10551"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3469"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16364"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21412"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11752"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15341"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4612"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6071"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41895"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48118"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29814"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35213"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12081"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12905"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34174"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36121"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18928"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20846"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15246"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15275"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18141"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23356"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10567"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14646"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7574"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8710"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19103"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19528"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9921"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10731"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9182"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8797"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13715"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15403"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7217"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8407"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6996"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18105"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16171"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9652"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8618"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10470"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6009"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23418"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24200"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20600"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21565"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="226592"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241189"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="119856"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131109"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="106736"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110080"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18608"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22759"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9978"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13047"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8630"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9712"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8061"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8868"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2837"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15233"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18731"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10795"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13173"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35377"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37892"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25577"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27700"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9800"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10192"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28975"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30677"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17486"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13191"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19985"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24247"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12098"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15462"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7887"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20667"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10626"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11472"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8999"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12514"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6449"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5633"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32935"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30337"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14796"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13480"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18139"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16857"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2640"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26734"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28737"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23240"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25781"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="276891"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295924"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="145682"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159695"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="131209"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="136229"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20702"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27060"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11148"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15114"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9554"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11946"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8445"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8904"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5215"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16232"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20690"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14522"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6168"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39123"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44012"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27993"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32197"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11815"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43483"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44115"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24370"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19882"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19745"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23774"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30057"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14040"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18329"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9734"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11728"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27903"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25568"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14681"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14046"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13222"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11522"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14645"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16241"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7868"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8926"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6777"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7315"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35988"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33521"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16651"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15506"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19337"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18015"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16179"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13055"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9614"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6565"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5679"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30417"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32701"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27040"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29310"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="392710"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418634"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="202117"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223153"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="190593"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195481"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33806"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41093"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22641"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16240"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="01"/>
+    <s v="A. Employers and managers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18452"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15145"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17460"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11253"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="02"/>
+    <s v="B. Higher professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26977"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33661"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18557"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23293"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8420"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="03"/>
+    <s v="C. Lower professional"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10368"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="61963"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68705"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43353"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49333"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18610"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="04"/>
+    <s v="D. Non-manual"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19372"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="54549"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55255"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29150"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30024"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25399"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="05"/>
+    <s v="E. Manual skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25231"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33328"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40559"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24591"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14105"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="06"/>
+    <s v="F. Semi-skilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15968"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36215"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31830"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18289"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16980"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17926"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="07"/>
+    <s v="G. Unskilled"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14850"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22180"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23339"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11615"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10565"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="08"/>
+    <s v="H. Own account workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10453"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49297"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45246"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21406"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19768"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27891"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="09"/>
+    <s v="I. Farmers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25478"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14238"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10223"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9203"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="J. Agricultural workers"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45012"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="801"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51263"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4802"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-01"/>
+    <s v="All persons aged 15 years and over in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6331"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40210"/>
+  </r>
+  <r>
+    <s v="A0714"/>
+    <s v="1996 Population Aged 15 Years and Over"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="11"/>
+    <s v="Z. All others gainfully occupied and unknown"/>
+    <s v="-04"/>
+    <s v="All persons aged 15 years and over not in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44932"/>
+  </r>
+</pivotCacheRecords>
 </file>