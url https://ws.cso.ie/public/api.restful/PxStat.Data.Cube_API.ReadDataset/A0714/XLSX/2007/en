--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a33ded07494c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92f23323ae3748d98334ed756285c4fd.psmdcp" Id="R4c93dce5367446f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb412766f43344dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d188827ac78d4829aec16df8a4aa394f.psmdcp" Id="R983d83ef1c2b44ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>