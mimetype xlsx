--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0efba5a9c5c43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5642e3f8d54f43f3b30f1ee5785062c6.psmdcp" Id="R67b148e2427e4a6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a87493c4cb46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61d7840fface4cf496b7cc270660f798.psmdcp" Id="R79327165bdd04105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0709</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0709/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Occupations 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -365,50 +365,53 @@
   <x:si>
     <x:t>Other gainful occupations (incl. not stated)</x:t>
   </x:si>
   <x:si>
     <x:t>All occupations</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>503</x:t>
   </x:si>
   <x:si>
     <x:t>Employer or own account worker</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>504</x:t>
   </x:si>
   <x:si>
     <x:t>Employee</x:t>
   </x:si>
   <x:si>
     <x:t>505</x:t>
   </x:si>
   <x:si>
     <x:t>Assisting relative</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -556,443 +559,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="26">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L625" totalsRowShown="0">
   <x:autoFilter ref="A1:L625"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Employment Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1265,51 +1015,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0709/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1496,51 +1246,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L625"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -9192,155 +8942,167 @@
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K202" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L202" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:12">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L203" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:12">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L204" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:12">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L205" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:12">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>106</x:v>
@@ -11156,155 +10918,167 @@
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H254" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J254" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K254" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L254" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:12">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L255" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:12">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H256" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L256" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:12">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L257" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:12">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H258" s="0" t="s">
         <x:v>106</x:v>
@@ -13120,155 +12894,167 @@
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H306" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I306" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J306" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K306" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L306" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="307" spans="1:12">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L307" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:12">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J308" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K308" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L308" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="309" spans="1:12">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L309" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="310" spans="1:12">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
         <x:v>106</x:v>
@@ -13386,11845 +13172,11911 @@
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L313" s="0">
         <x:v>41174</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H314" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K314" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L314" s="0">
         <x:v>20650</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L315" s="0">
         <x:v>21672</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K316" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L316" s="0">
         <x:v>22801</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L317" s="0">
         <x:v>20772</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H318" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J318" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K318" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L318" s="0">
         <x:v>43124</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L319" s="0">
         <x:v>48828</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H320" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I320" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J320" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K320" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L320" s="0">
         <x:v>16044</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L321" s="0">
         <x:v>14872</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K322" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L322" s="0">
         <x:v>20576</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L323" s="0">
         <x:v>23761</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K324" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L324" s="0">
         <x:v>15823</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>19338</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K326" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L326" s="0">
         <x:v>38123</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L327" s="0">
         <x:v>47036</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H328" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K328" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L328" s="0">
         <x:v>38057</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I329" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L329" s="0">
         <x:v>52014</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K330" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L330" s="0">
         <x:v>47814</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L331" s="0">
         <x:v>57920</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J332" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K332" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L332" s="0">
         <x:v>57590</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L333" s="0">
         <x:v>63928</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K334" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L334" s="0">
         <x:v>119689</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L335" s="0">
         <x:v>127839</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J336" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K336" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L336" s="0">
         <x:v>89037</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>99124</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J338" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K338" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L338" s="0">
         <x:v>19220</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L339" s="0">
         <x:v>29063</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:12">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K340" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L340" s="0">
         <x:v>12621</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:12">
       <x:c r="A341" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L341" s="0">
         <x:v>17288</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:12">
       <x:c r="A342" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H342" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J342" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K342" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L342" s="0">
         <x:v>21788</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:12">
       <x:c r="A343" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L343" s="0">
         <x:v>30419</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:12">
       <x:c r="A344" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H344" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K344" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L344" s="0">
         <x:v>50246</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:12">
       <x:c r="A345" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L345" s="0">
         <x:v>58434</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:12">
       <x:c r="A346" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K346" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L346" s="0">
         <x:v>4548</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:12">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L347" s="0">
         <x:v>6237</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:12">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K348" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L348" s="0">
         <x:v>8977</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:12">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L349" s="0">
         <x:v>6297</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:12">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J350" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K350" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L350" s="0">
         <x:v>10758</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:12">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L351" s="0">
         <x:v>16639</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L352" s="0">
         <x:v>56765</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L353" s="0">
         <x:v>86971</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L354" s="0">
         <x:v>52712</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L355" s="0">
         <x:v>58287</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L356" s="0">
         <x:v>30931</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L357" s="0">
         <x:v>38267</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L358" s="0">
         <x:v>10867</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L359" s="0">
         <x:v>10625</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L360" s="0">
         <x:v>9717</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>9836</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>76032</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L363" s="0">
         <x:v>70558</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>894510</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L365" s="0">
         <x:v>1036025</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>19103</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>18763</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>22068</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L369" s="0">
         <x:v>19965</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>41712</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>46574</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>4519</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>5255</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>16584</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>18648</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>11248</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>14439</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>23041</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>29541</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>37409</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>49896</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>35581</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>39413</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>53287</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>58162</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>27170</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>24069</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>47846</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>46939</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>12582</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>17392</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>6971</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>10790</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>17757</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>23909</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>8719</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>10026</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L398" s="0">
         <x:v>1607</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L399" s="0">
         <x:v>1793</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L400" s="0">
         <x:v>4957</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L401" s="0">
         <x:v>4559</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L402" s="0">
         <x:v>6755</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L403" s="0">
         <x:v>9300</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L404" s="0">
         <x:v>22404</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L405" s="0">
         <x:v>31478</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>19879</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L407" s="0">
         <x:v>20510</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L408" s="0">
         <x:v>16481</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L409" s="0">
         <x:v>20633</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L410" s="0">
         <x:v>10365</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L411" s="0">
         <x:v>9773</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L412" s="0">
         <x:v>9626</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L413" s="0">
         <x:v>9634</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L414" s="0">
         <x:v>49342</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>37622</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L416" s="0">
         <x:v>527013</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L417" s="0">
         <x:v>579083</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L418" s="0">
         <x:v>1547</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L419" s="0">
         <x:v>2909</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L420" s="0">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>807</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L422" s="0">
         <x:v>1412</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L423" s="0">
         <x:v>2254</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L424" s="0">
         <x:v>11525</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L425" s="0">
         <x:v>9617</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L426" s="0">
         <x:v>3992</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L427" s="0">
         <x:v>5113</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L428" s="0">
         <x:v>4575</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L429" s="0">
         <x:v>4899</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>15082</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L431" s="0">
         <x:v>17495</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L432" s="0">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>2118</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L434" s="0">
         <x:v>12233</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L435" s="0">
         <x:v>18507</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L436" s="0">
         <x:v>4303</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L437" s="0">
         <x:v>5766</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L438" s="0">
         <x:v>92519</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L439" s="0">
         <x:v>103770</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L440" s="0">
         <x:v>41191</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L441" s="0">
         <x:v>52185</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L442" s="0">
         <x:v>6638</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L443" s="0">
         <x:v>11671</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L444" s="0">
         <x:v>5650</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L445" s="0">
         <x:v>6498</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L446" s="0">
         <x:v>4031</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L447" s="0">
         <x:v>6510</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L448" s="0">
         <x:v>41527</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L449" s="0">
         <x:v>48408</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L450" s="0">
         <x:v>2941</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>4444</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L452" s="0">
         <x:v>4020</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L453" s="0">
         <x:v>1738</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L454" s="0">
         <x:v>4003</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L455" s="0">
         <x:v>7339</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L456" s="0">
         <x:v>34361</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L457" s="0">
         <x:v>55493</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L458" s="0">
         <x:v>32833</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L459" s="0">
         <x:v>37777</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L460" s="0">
         <x:v>14450</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L461" s="0">
         <x:v>17634</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L462" s="0">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L463" s="0">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L464" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L465" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L466" s="0">
         <x:v>26690</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L467" s="0">
         <x:v>32936</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L468" s="0">
         <x:v>367497</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>456942</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L470" s="0">
         <x:v>19306</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L471" s="0">
         <x:v>8289</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L472" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L473" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L474" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L475" s="0">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L476" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L477" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L478" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L479" s="0">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L480" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L481" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L482" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L483" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L484" s="0">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L485" s="0">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L486" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L487" s="0">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L488" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L489" s="0">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L490" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L491" s="0">
         <x:v>1109</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L492" s="0">
         <x:v>1809</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L493" s="0">
         <x:v>1809</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L494" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L495" s="0">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L496" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="497" spans="1:12">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L497" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L498" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L499" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L500" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L501" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L502" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L503" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L504" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L506" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L507" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L508" s="0">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L509" s="0">
         <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L510" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L511" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L512" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="513" spans="1:12">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L513" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="514" spans="1:12">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L514" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="515" spans="1:12">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L515" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="516" spans="1:12">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L516" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="517" spans="1:12">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L517" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="518" spans="1:12">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L518" s="0">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L519" s="0">
         <x:v>663</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L520" s="0">
         <x:v>22659</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L521" s="0">
         <x:v>14882</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L522" s="0">
         <x:v>12874</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L523" s="0">
         <x:v>6192</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L524" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L525" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L526" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:12">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L527" s="0">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:12">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K528" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L528" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:12">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L529" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:12">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J530" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K530" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L530" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:12">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L531" s="0">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:12">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L532" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:12">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L533" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:12">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K534" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L534" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:12">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L535" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:12">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J536" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L536" s="0">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:12">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L537" s="0">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:12">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L538" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:12">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L539" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:12">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J540" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K540" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L540" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:12">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L541" s="0">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:12">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K542" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L542" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:12">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L543" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:12">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K544" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L544" s="0">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:12">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L545" s="0">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:12">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J546" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K546" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L546" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:12">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L547" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:12">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J548" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K548" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L548" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="549" spans="1:12">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L549" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:12">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K550" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L550" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:12">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L551" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:12">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J552" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K552" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L552" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:12">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L553" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:12">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K554" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L554" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:12">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L555" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:12">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L556" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="557" spans="1:12">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L557" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:12">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J558" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K558" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L558" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:12">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L559" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:12">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J560" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K560" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L560" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:12">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L561" s="0">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:12">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K562" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L562" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:12">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L563" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:12">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L564" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="565" spans="1:12">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L565" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="566" spans="1:12">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J566" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K566" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L566" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="567" spans="1:12">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L567" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="568" spans="1:12">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K568" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L568" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="569" spans="1:12">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L569" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="570" spans="1:12">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K570" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L570" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:12">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L571" s="0">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:12">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J572" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K572" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L572" s="0">
         <x:v>13985</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:12">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L573" s="0">
         <x:v>8409</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:12">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L574" s="0">
         <x:v>6432</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:12">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L575" s="0">
         <x:v>2097</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:12">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J576" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K576" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L576" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:12">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L577" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:12">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J578" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K578" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L578" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:12">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L579" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:12">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K580" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L580" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:12">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L581" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:12">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J582" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K582" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L582" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:12">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L583" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:12">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L584" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:12">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L585" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:12">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J586" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K586" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L586" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:12">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L587" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:12">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J588" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K588" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L588" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:12">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L589" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:12">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L590" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:12">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L591" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:12">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J592" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K592" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L592" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:12">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L593" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:12">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K594" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L594" s="0">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:12">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L595" s="0">
         <x:v>1038</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:12">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J596" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K596" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L596" s="0">
         <x:v>1337</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:12">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L597" s="0">
         <x:v>1326</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:12">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K598" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L598" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:12">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L599" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:12">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J600" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K600" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L600" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="601" spans="1:12">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:12">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J602" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K602" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L602" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:12">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L603" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:12">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K604" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L604" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:12">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L605" s="0">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:12">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J606" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K606" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L606" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:12">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L607" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:12">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J608" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K608" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L608" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:12">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L609" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:12">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J610" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K610" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L610" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:12">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L611" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:12">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K612" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L612" s="0">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:12">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:12">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K614" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L614" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:12">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L615" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:12">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L616" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="617" spans="1:12">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L617" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="618" spans="1:12">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J618" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K618" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L618" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="619" spans="1:12">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L619" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="620" spans="1:12">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J620" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K620" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L620" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="621" spans="1:12">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L621" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
     </x:row>
     <x:row r="622" spans="1:12">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J622" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K622" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L622" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:12">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L623" s="0">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:12">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K624" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L624" s="0">
         <x:v>8674</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:12">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L625" s="0">
         <x:v>6473</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25241,51 +25093,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L625" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0709"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="4">
         <x:s v="501"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="4">
         <x:s v="Persons at work"/>
         <x:s v="Employer or own account worker"/>
         <x:s v="Employee"/>
@@ -25889,27 +25741,8764 @@
         <x:n v="6432"/>
         <x:n v="2097"/>
         <x:n v="39"/>
         <x:n v="38"/>
         <x:n v="49"/>
         <x:n v="11"/>
         <x:n v="191"/>
         <x:n v="336"/>
         <x:n v="1038"/>
         <x:n v="1337"/>
         <x:n v="1326"/>
         <x:n v="36"/>
         <x:n v="61"/>
         <x:n v="868"/>
         <x:n v="74"/>
         <x:n v="371"/>
         <x:n v="8674"/>
         <x:n v="6473"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="154101"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131523"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26101"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24686"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52583"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59444"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17333"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16247"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21115"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24415"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16521"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20293"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40800"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50926"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55867"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75473"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49889"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62390"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="66506"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76600"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="120961"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131802"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="122465"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="136464"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26243"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38517"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13094"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18710"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23626"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33707"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="56011"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65644"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6698"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9007"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6411"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15668"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24497"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="73055"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109366"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="53154"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60391"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31043"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38544"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10867"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9717"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9836"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="78602"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74027"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1149080"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307236"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="139074"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119094"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25350"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23841"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51043"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57072"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16975"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19094"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11866"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15254"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25546"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33111"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="55036"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72993"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37123"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42576"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="61827"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70185"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27810"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25367"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="72111"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74247"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18718"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25216"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7359"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19500"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26995"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12845"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14341"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10129"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14478"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31596"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42564"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19965"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20994"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16588"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20879"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10365"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51492"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40302"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="743948"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802647"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15027"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11979"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10125"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4140"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4655"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15254"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17815"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12766"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19814"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6415"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="93151"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106435"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50354"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62217"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7525"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13301"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6766"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4126"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6712"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43166"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51303"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10019"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41459"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66802"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="33189"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39397"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14455"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17665"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27110"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33725"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="405132"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="501"/>
+    <s v="Persons at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504589"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="114145"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101562"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3883"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10406"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17654"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23059"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4238"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12351"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31619"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35531"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7013"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9398"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7076"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4876"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7755"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15987"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21274"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="231911"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256329"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107097"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94139"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9219"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17487"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22731"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8444"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11812"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23793"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26825"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6135"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4120"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9121"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10833"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="202950"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215155"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7826"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10441"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28961"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41174"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20650"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21672"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22801"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20772"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43124"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48828"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16044"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14872"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20576"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23761"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15823"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19338"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38123"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47036"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38057"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52014"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="47814"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57920"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="57590"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63928"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="119689"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127839"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="89037"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99124"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19220"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29063"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12621"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17288"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21788"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30419"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="50246"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58434"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6237"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10758"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16639"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="56765"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86971"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52712"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58287"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30931"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38267"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10867"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9717"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9836"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="76032"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70558"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="894510"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1036025"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19103"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18763"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22068"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19965"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41712"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46574"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16584"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18648"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11248"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14439"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23041"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29541"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37409"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49896"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35581"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39413"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="53287"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58162"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27170"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24069"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="47846"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46939"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12582"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17392"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6971"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10790"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17757"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23909"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8719"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6755"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22404"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31478"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19879"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20510"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16481"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20633"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10365"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9626"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49342"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37622"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="527013"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579083"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11525"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9617"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4575"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4899"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15082"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17495"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12233"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18507"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5766"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="92519"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103770"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41191"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52185"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11671"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5650"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6498"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6510"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="41527"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48408"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34361"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55493"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="32833"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37777"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14450"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17634"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26690"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32936"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="367497"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="456942"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19306"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8289"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22659"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14882"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12874"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6192"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13985"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6432"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8674"/>
+  </r>
+  <r>
+    <s v="A0709"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+</pivotCacheRecords>
 </file>