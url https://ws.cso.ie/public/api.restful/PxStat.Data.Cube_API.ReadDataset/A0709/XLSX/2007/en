--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a87493c4cb46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61d7840fface4cf496b7cc270660f798.psmdcp" Id="R79327165bdd04105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf1d258ee61a43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d903fca6458744eea6ac1af71f506ec7.psmdcp" Id="R3ebb4f15b3d24aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>