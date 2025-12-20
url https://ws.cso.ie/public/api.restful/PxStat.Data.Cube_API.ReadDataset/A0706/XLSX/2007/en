--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d65080b87b4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19224d35900840e8986797507b725619.psmdcp" Id="Rce109234a47f4482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5961f7b7e0024221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce719d55973f413591dd2366302da898.psmdcp" Id="R6d69569d4dcc43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0706</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0706/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Occupations 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -592,491 +592,202 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L757" totalsRowShown="0">
   <x:autoFilter ref="A1:L757"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="C02702V03270"/>
     <x:tableColumn id="8" name="Intermediate Occupational Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1349,51 +1060,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0706/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1291,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L757"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -30382,51 +30093,51 @@
       <x:c r="I757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L757" s="0">
         <x:v>79361</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -30443,51 +30154,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L757" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0706"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -31328,27 +31039,10612 @@
         <x:n v="857"/>
         <x:n v="14828"/>
         <x:n v="11639"/>
         <x:n v="1394"/>
         <x:n v="740"/>
         <x:n v="1161"/>
         <x:n v="8051"/>
         <x:n v="238"/>
         <x:n v="1230"/>
         <x:n v="11451"/>
         <x:n v="6091"/>
         <x:n v="1596"/>
         <x:n v="84"/>
         <x:n v="31"/>
         <x:n v="6340"/>
         <x:n v="78037"/>
         <x:n v="1324"/>
         <x:n v="79361"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140625"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26819"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69985"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22616"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32339"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23852"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61535"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109798"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64857"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89228"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141504"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156259"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39407"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19598"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35319"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68076"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7081"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27524"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126592"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61709"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39844"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10670"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11115"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113472"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506372"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22227"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7881"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6443"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7968"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13706"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8647"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11881"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14822"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7546"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12912"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6313"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161225"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164591"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12271"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8221"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80533"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82236"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23979"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10512"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14047"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7175"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11524"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6432"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9983"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140298"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142779"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9147"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17666"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26398"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30810"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34039"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59300"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50643"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20945"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11474"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12869"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21537"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13237"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42783"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18836"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17327"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40011"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="475667"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484079"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12733"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13661"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14900"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3442"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11283"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8875"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143983"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146322"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16687"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6990"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4695"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7464"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10537"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12738"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5364"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10423"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9675"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128919"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131109"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22969"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8565"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8836"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11649"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16579"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6652"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12990"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155935"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159695"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26455"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11038"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5179"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16502"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7243"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12512"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18278"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24309"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10327"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9481"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16434"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219812"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223153"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127627"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25919"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67284"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8538"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25464"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17857"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40574"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106805"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44217"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82231"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27555"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83179"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25758"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12426"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28300"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14885"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4659"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16463"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49760"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21914"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9815"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10905"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67774"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943496"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20740"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7570"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4336"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104936"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107135"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11257"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53522"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54540"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22137"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11930"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7567"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90566"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92194"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8763"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17085"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6927"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8344"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25321"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19703"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30863"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13225"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27340"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13590"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7483"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10246"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18030"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9292"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22309"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="275090"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280169"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2628"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6886"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92743"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94025"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15054"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6890"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6791"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6436"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4247"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82703"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84049"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20456"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2354"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8307"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6163"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12460"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8351"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102161"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104406"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23996"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10643"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16112"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11655"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12670"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3033"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7317"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141775"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143792"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14078"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6875"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5995"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20961"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20640"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113949"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73080"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13649"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7019"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53191"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4948"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11061"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76832"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40255"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17930"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45698"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562876"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6624"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4211"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56289"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57456"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3837"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27011"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27696"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8804"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5559"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7260"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49732"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50585"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4385"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11107"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46075"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23303"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16634"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5527"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24753"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12106"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8035"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200577"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203910"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11298"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7033"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3945"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51240"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52297"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8511"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4299"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6176"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46216"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47060"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9658"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8229"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55289"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="B201"/>
+    <s v="Electrical trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="C300"/>
+    <s v="Engineering and allied trades workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="D400"/>
+    <s v="Textile, clothing and leather workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="E500"/>
+    <s v="Food, drink and tobacco production workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="F600"/>
+    <s v="Chemical, paper, wood, rubber, plastics and printing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="G700"/>
+    <s v="Other manufacturing workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="I901"/>
+    <s v="Managers and executives"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="J1000"/>
+    <s v="Clerical and office workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14828"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="M1301"/>
+    <s v="Sales occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11639"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="N1400"/>
+    <s v="Business and commerce occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="O1501"/>
+    <s v="Computer software occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="P1600"/>
+    <s v="Scientific and technical occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Q1700"/>
+    <s v="Health and related workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8051"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="R1800"/>
+    <s v="Social workers and related occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="S1900"/>
+    <s v="Religious occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="T2000"/>
+    <s v="Other professional workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11451"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="U2100"/>
+    <s v="Teachers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6091"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="K1100"/>
+    <s v="Central and local government workers"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="W2300"/>
+    <s v="Garda Síochána"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="X2400"/>
+    <s v="Army occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78037"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="A0706"/>
+    <s v="1996 Population Aged 15 years and Over in the Labour Force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79361"/>
+  </r>
+</pivotCacheRecords>
 </file>