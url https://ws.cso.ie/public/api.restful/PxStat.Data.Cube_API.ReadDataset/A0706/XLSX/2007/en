--- v1 (2025-12-20)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5961f7b7e0024221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce719d55973f413591dd2366302da898.psmdcp" Id="R6d69569d4dcc43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5853d8a9a54956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52586f03d7b54cd3ab980e2b08f34ae9.psmdcp" Id="R57226a46ac214e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>