--- v0 (2025-11-06)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1f02c4683c74e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e755e300b4b64fb38928c1669e163718.psmdcp" Id="R0a28d84e22434b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839730fbf3214f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/428bbd046e2e46f7ac6d242817b74efa.psmdcp" Id="R36c2df911bb9480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0704</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0704/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Occupations 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,355 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L289" totalsRowShown="0">
   <x:autoFilter ref="A1:L289"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02702V03270"/>
     <x:tableColumn id="6" name="Broad Occupational Group"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1111,51 +924,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0704/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1155,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="46.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -12360,51 +12173,51 @@
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L289" s="0">
         <x:v>7128</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12421,51 +12234,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0704"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -12811,27 +12624,4060 @@
         <x:n v="705"/>
         <x:n v="64"/>
         <x:n v="3985"/>
         <x:n v="2599"/>
         <x:n v="1386"/>
         <x:n v="3425"/>
         <x:n v="2286"/>
         <x:n v="1139"/>
         <x:n v="2250"/>
         <x:n v="1187"/>
         <x:n v="1063"/>
         <x:n v="1115"/>
         <x:n v="675"/>
         <x:n v="440"/>
         <x:n v="34498"/>
         <x:n v="27370"/>
         <x:n v="7128"/>
         <x:n v="0"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140625"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127627"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237146"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185636"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51510"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109798"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106805"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246205"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93686"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152519"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89228"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82231"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195666"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108937"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86729"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225855"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100320"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125535"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148377"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70480"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77897"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113472"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67774"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45698"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506372"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943496"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562876"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2596"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15459"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11955"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9420"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8360"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58137"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35480"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22657"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13651"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8058"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5593"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71788"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43538"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28250"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9319"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8487"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42311"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30711"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13130"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12449"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32929"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25860"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7118"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32864"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14387"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18477"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24961"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15046"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23953"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7763"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16190"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19751"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11928"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207680"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109827"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97853"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10099"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5993"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217779"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115820"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101959"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24492"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22609"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70464"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51725"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18739"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27430"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26495"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82500"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24034"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58466"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22991"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20414"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61416"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31164"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30252"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70748"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30152"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40596"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41969"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19103"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30575"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18217"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12358"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432585"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="243913"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="188672"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3008"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="435593"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246018"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189575"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28210"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25844"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55158"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45186"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9972"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27776"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27199"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68021"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28434"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39587"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23130"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21690"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42597"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26261"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16336"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62137"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27226"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34911"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34474"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19282"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15192"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24111"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14039"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10072"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365614"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235161"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130453"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="366161"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235595"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130566"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30902"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27759"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37211"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31552"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23638"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40159"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21871"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18288"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21006"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20037"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30822"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20227"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10595"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42896"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20407"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22489"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26501"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14280"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12221"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11332"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8126"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272593"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190791"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81802"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272844"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190988"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81856"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25846"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23343"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13540"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10841"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10750"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16734"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10338"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10618"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14562"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10257"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19341"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9621"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9720"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11795"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6640"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5155"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10102"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3931"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135265"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100954"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34311"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135301"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100981"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34320"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19030"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16989"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34498"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27370"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7128"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34498"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27370"/>
+  </r>
+  <r>
+    <s v="A0704"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7128"/>
+  </r>
+</pivotCacheRecords>
 </file>