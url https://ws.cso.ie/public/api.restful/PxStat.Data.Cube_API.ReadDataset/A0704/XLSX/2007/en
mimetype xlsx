--- v1 (2026-01-18)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839730fbf3214f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/428bbd046e2e46f7ac6d242817b74efa.psmdcp" Id="R36c2df911bb9480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22991d2699624f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6aa6fd173f54cf0a5be57405691ee6d.psmdcp" Id="R72e6fc4a74c840eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>