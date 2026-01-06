--- v0 (2025-11-02)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17659ca9b0954741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/050f209e8fcb46a0a2bd3337b3807d61.psmdcp" Id="R2be7acb7733247d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37d1056b7834fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2f052ca18a34cddaf911b812191dc65.psmdcp" Id="Ra723890e858d4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0701</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over in the Labour Force</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/19/2020 11:00:00 AM</x:t>
+    <x:t>19/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0701/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P7</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 7 - Occupations 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -499,371 +499,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L649" totalsRowShown="0">
   <x:autoFilter ref="A1:L649"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02702V03270"/>
     <x:tableColumn id="4" name="Broad Occupational Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1136,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0701/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1367,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="54.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="46.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26065,51 +25866,51 @@
       <x:c r="I649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0">
         <x:v>79361</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26126,51 +25927,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0701"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02702V03270">
       <x:sharedItems count="12">
         <x:s v="A100"/>
         <x:s v="B200"/>
         <x:s v="H800"/>
         <x:s v="I900"/>
         <x:s v="L1200"/>
         <x:s v="M1300"/>
         <x:s v="O1500"/>
         <x:s v="V2200"/>
         <x:s v="Y2500"/>
         <x:s v="-"/>
         <x:s v="Y2511"/>
@@ -26879,27 +26680,9100 @@
         <x:n v="471670"/>
         <x:n v="573654"/>
         <x:n v="47959"/>
         <x:n v="57456"/>
         <x:n v="22457"/>
         <x:n v="27696"/>
         <x:n v="40725"/>
         <x:n v="50585"/>
         <x:n v="171344"/>
         <x:n v="203910"/>
         <x:n v="39449"/>
         <x:n v="52297"/>
         <x:n v="39157"/>
         <x:n v="47060"/>
         <x:n v="45265"/>
         <x:n v="55289"/>
         <x:n v="65314"/>
         <x:n v="79361"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="163549"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140625"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22227"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14372"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12271"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29163"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23979"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14251"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12733"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19514"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16687"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26223"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22969"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30932"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26455"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="147955"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127627"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23691"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20740"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13162"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11257"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26637"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22137"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12816"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11161"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17400"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15054"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23511"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20456"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="27398"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23996"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15594"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12998"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1014"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="215175"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237146"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28319"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32593"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13065"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14780"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16893"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19605"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="61393"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61114"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20112"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23347"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="18354"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22259"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25528"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28456"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31511"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34992"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="166599"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185636"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20031"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23427"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10147"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11687"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12590"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14877"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="47247"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47624"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16404"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19273"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14268"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17274"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20606"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23315"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25306"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28159"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="48576"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51510"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8288"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4303"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14146"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13490"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3708"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4985"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6833"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="87661"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109798"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10504"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13706"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8770"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23693"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26398"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12143"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7303"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9914"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13853"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16502"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="86402"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106805"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4713"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6525"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8704"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11930"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23018"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25321"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11898"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9857"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12460"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13682"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16112"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="218018"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246205"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19646"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9915"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14031"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17467"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="101686"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107437"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="19723"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24994"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15832"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18242"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15988"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18768"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="25823"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29736"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="87465"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93686"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6830"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4797"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5897"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="42644"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42220"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8177"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9918"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6283"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6945"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6040"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10456"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11343"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="130553"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152519"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12816"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4998"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6235"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9234"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="59042"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65217"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15076"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9549"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11297"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9948"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11915"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15367"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18393"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80307"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89228"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7752"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8647"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5334"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6324"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="30995"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34039"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6568"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7896"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6806"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7464"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7705"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11693"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12512"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="75079"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82231"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4949"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="28650"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30863"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6148"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6291"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6791"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7310"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11655"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="170953"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195666"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15875"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17059"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14575"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16353"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="60763"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71588"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15728"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18342"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15191"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16617"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19088"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="24855"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28736"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="103948"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108937"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5113"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8720"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8953"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37984"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40930"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10034"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10507"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8310"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8060"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9598"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10012"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14368"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15703"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="67005"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86729"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6006"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5855"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22779"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30658"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7131"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7019"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9076"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10487"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13033"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="183899"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225855"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17143"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20302"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10295"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17108"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21248"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="67249"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82830"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16244"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20908"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15138"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18033"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16099"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19608"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="26294"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32631"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80541"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100320"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8055"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3356"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8913"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="31084"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39210"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9543"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8114"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11408"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14465"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="103358"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125535"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10329"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12247"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5268"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9887"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12335"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="36165"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43620"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8918"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11365"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8540"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10078"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9365"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14886"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18166"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="107933"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148377"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11178"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15616"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5744"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7639"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9017"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13123"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37780"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48946"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10135"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14745"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11962"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9983"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14532"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="15337"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21814"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="58620"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70480"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6134"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20823"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23787"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7536"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4668"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4909"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7875"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10248"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="49313"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77897"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5044"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7329"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="16957"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25159"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7209"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5074"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8292"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7462"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11566"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="121360"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113472"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14312"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11281"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9983"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37128"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40011"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9755"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8875"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11351"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9675"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13539"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="17430"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16434"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="84027"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67774"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="10402"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="23026"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22309"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="7179"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="8189"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5777"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="9453"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="37333"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45698"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="14102"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3898"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2500"/>
+    <s v="Other gainful occupations (incl. not stated)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1348855"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506372"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="147240"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161225"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="72945"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80533"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="126172"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140298"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="424470"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="475667"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="121398"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143983"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="117306"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128919"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="141596"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155935"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="197728"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219812"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="890636"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943496"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="100689"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104936"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="51264"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53522"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="86498"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90566"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="257816"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="275090"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="83055"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92743"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="79230"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82703"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="98018"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102161"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="134066"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141775"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="458219"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562876"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="46551"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56289"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="21681"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27011"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39674"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49732"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="166654"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200577"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38343"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51240"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="38076"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46216"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="43578"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="63662"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78037"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="34015"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27592"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4064"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="11557"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="20564"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16814"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="6867"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="13451"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10778"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="4690"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="Y2511"/>
+    <s v="Looking for first regular job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="1382870"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1533964"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="151304"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164591"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="74762"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82236"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="128953"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142779"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="436027"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484079"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="124169"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146322"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="119856"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131109"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="145682"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159695"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="202117"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223153"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="911200"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960310"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="103345"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107135"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="52305"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54540"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="88228"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92194"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="264683"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280169"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="84720"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94025"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="80699"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84049"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="100417"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104406"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="136803"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143792"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="471670"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573654"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="47959"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57456"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="22457"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27696"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="40725"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50585"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="171344"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203910"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39449"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52297"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="39157"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47060"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="45265"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55289"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="Number"/>
+    <n v="65314"/>
+  </r>
+  <r>
+    <s v="A0701"/>
+    <s v="1996 Population Aged 15 Years and Over in the Labour Force"/>
+    <s v="-01"/>
+    <s v="Total in labour force"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79361"/>
+  </r>
+</pivotCacheRecords>
 </file>