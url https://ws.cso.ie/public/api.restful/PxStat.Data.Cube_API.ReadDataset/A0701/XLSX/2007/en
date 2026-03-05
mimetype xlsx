--- v1 (2026-01-06)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37d1056b7834fab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2f052ca18a34cddaf911b812191dc65.psmdcp" Id="Ra723890e858d4bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d6b8e730a64355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/14442299946242c89af72dcbb20c7d9f.psmdcp" Id="Rda811d468a7e4b8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>