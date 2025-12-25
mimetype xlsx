--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5842c1193aa54507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f378c0f4e203476c954e76156108075b.psmdcp" Id="Ra315c7069e954f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e3b1b846964d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0659c5ed6b64920b86a6cdad2d46bd2.psmdcp" Id="R92d46ab471b14b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0528</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over at Work, Full Time and Part Time</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0528/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -544,403 +544,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03155V03807" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J301" totalsRowShown="0">
   <x:autoFilter ref="A1:J301"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C03155V03807"/>
     <x:tableColumn id="4" name="Intermediate Industrial Group"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1211,51 +982,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0528/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1442,51 +1213,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="47.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11108,51 +10879,51 @@
       <x:c r="G301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>19183</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11169,51 +10940,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J301" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03155V03807">
       <x:sharedItems count="25">
         <x:s v="1000"/>
         <x:s v="1200"/>
         <x:s v="1500"/>
         <x:s v="1510"/>
         <x:s v="1530"/>
         <x:s v="1700"/>
         <x:s v="2000"/>
@@ -11578,27 +11349,3628 @@
         <x:n v="43228"/>
         <x:n v="3959"/>
         <x:n v="62958"/>
         <x:n v="36521"/>
         <x:n v="23829"/>
         <x:n v="2608"/>
         <x:n v="9416"/>
         <x:n v="5833"/>
         <x:n v="3340"/>
         <x:n v="243"/>
         <x:n v="10767"/>
         <x:n v="3483"/>
         <x:n v="1726"/>
         <x:n v="5558"/>
         <x:n v="504589"/>
         <x:n v="357836"/>
         <x:n v="127570"/>
         <x:n v="19183"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="133969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="113838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="10724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="9407"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="5150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="249131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="224393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="19628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="39120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="33367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="7287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="23003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="19828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="21118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="18545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="18287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="28502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="26476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="84727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="78194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="4997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="11819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="10781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="87452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="72354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="11042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="191932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="153181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="33974"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="49252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="43922"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="142680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="109259"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="29540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="3881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="80065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="70036"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="78224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="69464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="78210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="69399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="241476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="184215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="5948"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="98810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="65055"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="29515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="15929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="6786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="27049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="9451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="14873"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="1307236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="1063246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="190769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="53221"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="121000"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="104207"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="8367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="171728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="158994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="9341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="28294"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="25001"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="9143"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="19402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="13493"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="12737"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="18643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="17735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="10167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="9414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="56909"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="53599"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="9332"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="82287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="69236"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="9532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="111519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="100722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="8279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="33587"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="75646"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="67135"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="6535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="39774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="37567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="60501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="54650"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="51246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="48086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="83296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="73222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="28534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="10096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="16282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="9315"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="802647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="705410"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="63199"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="34038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="9631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="77403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="65399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="10287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="13179"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="9859"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="8741"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="27818"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="24595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2733"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="80413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="52459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="25695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="10335"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="67034"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="42124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="23005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="40291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="32469"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="7246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="17723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="2580"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="26964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="21313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="158180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="110993"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="43228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="62958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="36521"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="23829"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="5833"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="10767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="5558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C1"/>
+    <s v="All work status"/>
+    <s v="Number"/>
+    <n v="504589"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C2"/>
+    <s v="Full-time work"/>
+    <s v="Number"/>
+    <n v="357836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C3"/>
+    <s v="Part-time work"/>
+    <s v="Number"/>
+    <n v="127570"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0528C4"/>
+    <s v="Work status not stated"/>
+    <s v="Number"/>
+    <n v="19183"/>
+  </r>
+</pivotCacheRecords>
 </file>