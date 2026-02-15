--- v1 (2025-12-25)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e3b1b846964d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0659c5ed6b64920b86a6cdad2d46bd2.psmdcp" Id="R92d46ab471b14b37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f3f046370b045cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5ce53ebbf3941d4a960071535db4101.psmdcp" Id="R02cc0f5430ba4c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>