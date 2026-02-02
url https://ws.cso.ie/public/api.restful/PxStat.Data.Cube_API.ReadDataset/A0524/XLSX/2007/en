--- v0 (2025-11-09)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2953bb02874cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97b624aa7eef4d3195b10eb075579136.psmdcp" Id="Rf2e7f5f8a91b47d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501754037ff940cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/858ded6151b04d4e843c7d92febe18ad.psmdcp" Id="Rdf22cb557ff64df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0524</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0524/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -377,50 +377,53 @@
   <x:si>
     <x:t>904</x:t>
   </x:si>
   <x:si>
     <x:t>Population aged 15 years and over at work</x:t>
   </x:si>
   <x:si>
     <x:t>503</x:t>
   </x:si>
   <x:si>
     <x:t>Employer or own account worker</x:t>
   </x:si>
   <x:si>
     <x:t>504</x:t>
   </x:si>
   <x:si>
     <x:t>Employee</x:t>
   </x:si>
   <x:si>
     <x:t>505</x:t>
   </x:si>
   <x:si>
     <x:t>Assisting relative</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>202</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed having lost or given up previous job</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -562,443 +565,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03155V03807" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L451" totalsRowShown="0">
   <x:autoFilter ref="A1:L451"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02704V03272"/>
     <x:tableColumn id="4" name="Employment Status"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C03155V03807"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1271,51 +1021,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0524/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1502,51 +1252,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L451"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="91.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="55.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15050,50 +14800,53 @@
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L356" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>67</x:v>
@@ -15819,2905 +15572,2905 @@
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>6473</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>10001</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>1559</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>43086</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>8933</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>7495</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>4522</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>2715</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>3227</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>2012</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>11117</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>2110</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>36804</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>28350</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>6509</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>21841</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>4002</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>8223</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>5132</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>11888</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L398" s="0">
         <x:v>16708</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L399" s="0">
         <x:v>4096</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L400" s="0">
         <x:v>28552</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L401" s="0">
         <x:v>199136</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L402" s="0">
         <x:v>9387</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L403" s="0">
         <x:v>1534</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L404" s="0">
         <x:v>30375</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L405" s="0">
         <x:v>6906</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L407" s="0">
         <x:v>3069</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L408" s="0">
         <x:v>4324</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L409" s="0">
         <x:v>1848</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L410" s="0">
         <x:v>2272</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L411" s="0">
         <x:v>1752</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L412" s="0">
         <x:v>7848</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L413" s="0">
         <x:v>1584</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L414" s="0">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>36065</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L416" s="0">
         <x:v>16220</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L417" s="0">
         <x:v>4084</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L418" s="0">
         <x:v>12136</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L419" s="0">
         <x:v>1904</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L420" s="0">
         <x:v>7163</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>4508</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L422" s="0">
         <x:v>4661</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L423" s="0">
         <x:v>6789</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L424" s="0">
         <x:v>2894</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L425" s="0">
         <x:v>18683</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L426" s="0">
         <x:v>140849</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L427" s="0">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L428" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L429" s="0">
         <x:v>12711</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>2027</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L431" s="0">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L432" s="0">
         <x:v>4426</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L434" s="0">
         <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L435" s="0">
         <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L436" s="0">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L437" s="0">
         <x:v>3269</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L438" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L439" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L440" s="0">
         <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L441" s="0">
         <x:v>12130</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L442" s="0">
         <x:v>2425</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L443" s="0">
         <x:v>9705</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L444" s="0">
         <x:v>2098</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L445" s="0">
         <x:v>1060</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L446" s="0">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L447" s="0">
         <x:v>7227</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L448" s="0">
         <x:v>9919</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L449" s="0">
         <x:v>1202</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L450" s="0">
         <x:v>9869</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>58287</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18734,51 +18487,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L451" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0524"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02704V03272">
       <x:sharedItems count="6">
         <x:s v="905"/>
         <x:s v="904"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
         <x:s v="202"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Employment Status">
       <x:sharedItems count="6">
         <x:s v="Population aged 15 years and over at work and unemployed"/>
@@ -19302,27 +19055,6328 @@
         <x:n v="198"/>
         <x:n v="867"/>
         <x:n v="260"/>
         <x:n v="3269"/>
         <x:n v="526"/>
         <x:n v="69"/>
         <x:n v="739"/>
         <x:n v="12130"/>
         <x:n v="2425"/>
         <x:n v="9705"/>
         <x:n v="2098"/>
         <x:n v="1060"/>
         <x:n v="624"/>
         <x:n v="7227"/>
         <x:n v="9919"/>
         <x:n v="1202"/>
         <x:n v="9869"/>
         <x:n v="58287"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143970"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7333"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292217"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48053"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8242"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30498"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25640"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22967"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31729"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14242"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95844"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15002"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12444"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124256"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="220282"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55761"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164521"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84067"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86447"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83342"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253364"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115518"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27531"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55601"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506372"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130387"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6886"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202103"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35200"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12893"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23726"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15341"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20915"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11919"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64757"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11083"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10457"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118352"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127739"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39957"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87782"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41678"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67664"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55754"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87957"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42641"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16913"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34965"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943496"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13583"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90114"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12853"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17605"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7626"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10814"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31087"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5904"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92543"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15804"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76739"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42389"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18783"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27588"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165407"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72877"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10618"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20636"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="905"/>
+    <s v="Population aged 15 years and over at work and unemployed"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562876"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133969"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249131"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39120"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7287"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23003"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21118"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28502"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84727"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87452"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191932"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49252"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142680"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80065"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78224"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78210"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241476"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98810"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27049"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307236"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121000"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="171728"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28294"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19402"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13493"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18643"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10167"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56909"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82287"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111519"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75646"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39774"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60501"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51246"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83296"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16282"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802647"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77403"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13179"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9859"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27818"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80413"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67034"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40291"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17723"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26964"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158180"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62958"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10767"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504589"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102146"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18434"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4754"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23970"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45421"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35459"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12996"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22230"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15469"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256329"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94695"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16360"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23677"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34404"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8461"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25943"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11836"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14932"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215155"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7451"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11017"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7298"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8118"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="503"/>
+    <s v="Employer or own account worker"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41174"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23529"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230118"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37740"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14591"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27965"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10974"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79849"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11779"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11495"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63016"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144032"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38958"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105074"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71117"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64865"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77876"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218538"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82404"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19273"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24291"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1036025"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20102"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155105"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27256"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5436"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13086"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12202"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18197"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9076"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52325"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8536"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9610"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58257"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76429"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27309"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49120"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32907"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48507"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51026"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68230"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28248"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11047"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14558"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579083"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75013"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10484"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6404"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27524"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4759"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67603"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11649"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55954"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38210"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26850"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150308"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54156"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8226"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="504"/>
+    <s v="Employee"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="456942"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8294"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14882"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8409"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="505"/>
+    <s v="Assisting relative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10001"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43086"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7495"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11117"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36804"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28350"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21841"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4002"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8223"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11888"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16708"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28552"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199136"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9387"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30375"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7848"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36065"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16220"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12136"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7163"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6789"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18683"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140849"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12711"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12130"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9705"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7227"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9919"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="A0524"/>
+    <s v="1996 Population Aged 15 Years and Over at Work and Unemployed (Excluding First Time Job Seekers)"/>
+    <s v="202"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58287"/>
+  </r>
+</pivotCacheRecords>
 </file>