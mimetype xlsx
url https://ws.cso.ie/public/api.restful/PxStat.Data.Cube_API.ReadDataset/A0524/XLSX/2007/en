--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501754037ff940cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/858ded6151b04d4e843c7d92febe18ad.psmdcp" Id="Rdf22cb557ff64df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaec07109f01454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31d6868d3d444e44890d9c44037d2007.psmdcp" Id="R2239c76b34a3482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>