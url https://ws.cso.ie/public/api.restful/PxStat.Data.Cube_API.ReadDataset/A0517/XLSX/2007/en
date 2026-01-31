--- v0 (2025-11-04)
+++ v1 (2026-01-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4a60f3810c41c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d16ba6954c2c4884b64fc2dea7a18b2e.psmdcp" Id="R5ea9d43501b44786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3607cad1c60f4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cf59935e0de4e7fb2f6cb8eda29dc99.psmdcp" Id="R63cae5e7e426461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0517</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0517/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -571,459 +571,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03155V03807" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L601" totalsRowShown="0">
   <x:autoFilter ref="A1:L601"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C03155V03807"/>
     <x:tableColumn id="8" name="Intermediate Industrial Group"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1296,51 +1031,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0517/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1527,51 +1262,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L601"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="47.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24401,51 +24136,51 @@
       <x:c r="I601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L601" s="0">
         <x:v>6821</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24462,51 +24197,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L601" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0517"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
@@ -25185,27 +24920,8428 @@
         <x:n v="10"/>
         <x:n v="45"/>
         <x:n v="11"/>
         <x:n v="15"/>
         <x:n v="23"/>
         <x:n v="7"/>
         <x:n v="32"/>
         <x:n v="1588"/>
         <x:n v="179"/>
         <x:n v="1409"/>
         <x:n v="158"/>
         <x:n v="271"/>
         <x:n v="111"/>
         <x:n v="1466"/>
         <x:n v="630"/>
         <x:n v="69"/>
         <x:n v="249"/>
         <x:n v="6821"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133969"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249131"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39120"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7287"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23003"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21118"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28502"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84727"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87452"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191932"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49252"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142680"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80065"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78224"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78210"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241476"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98810"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27049"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307236"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121000"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="171728"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28294"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19402"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13493"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18643"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10167"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56909"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82287"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111519"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75646"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39774"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60501"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51246"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83296"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16282"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802647"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77403"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13179"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9859"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27818"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80413"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67034"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40291"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17723"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26964"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158180"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62958"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10767"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504589"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13282"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4297"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11390"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10003"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3416"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6536"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48323"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9640"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6532"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29965"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3642"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4858"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4389"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18358"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8843"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44960"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6528"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18293"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12017"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32759"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26679"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12882"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23986"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18763"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="176084"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8075"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28145"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11347"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10991"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12659"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5464"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5798"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91785"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16815"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6946"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16226"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14020"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7671"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3358"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18522"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12965"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84299"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23334"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85208"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11925"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6564"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10747"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32445"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22507"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57439"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15223"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42216"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32043"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21218"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22797"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66140"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29670"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7297"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="378301"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21434"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53678"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8130"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5759"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6187"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19952"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20818"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30968"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10151"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14429"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14856"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12919"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18107"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208531"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31530"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4560"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12493"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26471"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5072"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21399"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17614"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6362"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9878"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48033"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19178"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169770"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26453"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54900"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8741"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17214"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21868"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40810"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12126"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28684"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19554"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23415"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27410"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67713"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20864"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5216"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5545"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319164"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24005"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39883"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6430"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4776"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20746"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25074"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9132"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15942"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10130"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18027"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23504"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7911"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3293"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199774"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2448"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15017"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15736"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12742"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9383"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44209"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12953"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119390"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29164"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35408"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3419"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9163"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17444"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30434"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9330"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21104"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10159"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16910"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14937"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51562"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15262"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235143"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25987"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27594"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7164"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3226"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16716"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19469"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7443"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12026"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6465"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14794"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11653"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21454"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5909"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2649"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="160427"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7814"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10965"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9078"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30108"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9353"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74716"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24619"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14128"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7605"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14659"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10382"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7540"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24531"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3143"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117083"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22132"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11765"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2514"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1369"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10090"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6520"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6706"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11229"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85848"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4569"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31235"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18865"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4441"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4128"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33138"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16852"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2203"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26317"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="A0517"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6821"/>
+  </r>
+</pivotCacheRecords>
 </file>