--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3607cad1c60f4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3cf59935e0de4e7fb2f6cb8eda29dc99.psmdcp" Id="R63cae5e7e426461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4f9984c1cd54f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3a0f72d0a28429d834632c994e4ddfc.psmdcp" Id="Re29f6b0737724662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>