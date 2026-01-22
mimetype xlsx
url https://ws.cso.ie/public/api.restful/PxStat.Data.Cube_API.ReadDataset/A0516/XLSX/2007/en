--- v0 (2025-11-05)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae9b4e24a464468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6fe8c90c55154d92830e4e142b588263.psmdcp" Id="Re4aa42b2f06c477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccf913da4094d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee8c024fc60442a8bd51f250c8b6b0d7.psmdcp" Id="R5aff34eb791d4dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0516</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 15 Years and Over at Work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0516/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Principal Economic Status and Industries 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -577,467 +577,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03155V03807" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Intermediate Industrial Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L676" totalsRowShown="0">
   <x:autoFilter ref="A1:L676"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C03155V03807"/>
     <x:tableColumn id="6" name="Intermediate Industrial Group"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Regional Authority"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1310,51 +1039,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0516/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1541,51 +1270,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L676"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="47.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -27265,51 +26994,51 @@
       <x:c r="I676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J676" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K676" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L676" s="0">
         <x:v>69878</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27326,51 +27055,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L676" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0516"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged 15 Years and Over at Work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -28110,27 +27839,9478 @@
         <x:n v="624"/>
         <x:n v="767"/>
         <x:n v="10767"/>
         <x:n v="681"/>
         <x:n v="334"/>
         <x:n v="955"/>
         <x:n v="5085"/>
         <x:n v="704"/>
         <x:n v="1474"/>
         <x:n v="504589"/>
         <x:n v="50049"/>
         <x:n v="24310"/>
         <x:n v="45030"/>
         <x:n v="178369"/>
         <x:n v="46666"/>
         <x:n v="42112"/>
         <x:n v="48175"/>
         <x:n v="69878"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133969"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21071"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11829"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22879"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2792"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11876"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16255"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21685"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25582"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5774"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249131"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32493"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14099"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21160"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63741"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24781"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25872"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29998"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36987"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39120"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7842"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3526"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6062"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7260"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7287"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23003"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1979"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4982"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21118"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12265"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28502"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6682"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5649"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84727"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8505"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8143"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20141"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12811"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10375"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13077"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12892"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11709"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87452"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10091"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8990"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21420"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10381"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10070"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191932"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18764"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10153"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16966"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61978"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19625"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15491"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19821"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29134"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49252"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20434"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7148"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142680"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15157"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8200"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13536"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41544"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13813"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12199"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16245"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21986"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80065"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3675"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46383"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7707"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78224"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34704"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6760"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6989"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9423"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78210"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7754"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4721"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29863"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9026"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5681"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9820"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241476"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23808"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11404"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22491"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86878"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22124"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18564"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22084"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34123"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98810"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3999"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8991"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34840"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8649"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8334"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15737"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27049"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12474"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3927"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307236"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="136761"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70608"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122639"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="409153"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128197"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113963"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134618"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191297"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121000"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19472"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10828"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21015"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10308"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14629"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19211"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23106"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="171728"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20724"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9769"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13759"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43288"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17947"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17576"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22011"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26654"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28294"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5627"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9824"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19402"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2849"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13493"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8262"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18643"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4212"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10167"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56909"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14386"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5117"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7242"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9499"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2646"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82287"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9522"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5046"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8565"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19631"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9865"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7401"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9603"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12654"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111519"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11459"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5963"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9957"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35925"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11808"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8706"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11053"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16648"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14169"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75646"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8694"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21756"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7580"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6266"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8329"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39774"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23892"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60501"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4962"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25841"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5487"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7547"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51246"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18770"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6452"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83296"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7672"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31232"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7527"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6359"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7098"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12133"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35852"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3560"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5566"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16282"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802647"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86712"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46298"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77609"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230784"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81531"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71851"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86443"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121419"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1864"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1000"/>
+    <s v="Agriculture, forestry and fishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1200"/>
+    <s v="Mining, quarrying and turf production"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77403"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7401"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8296"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7987"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1500"/>
+    <s v="Manufacturing industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10826"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1510"/>
+    <s v="Food industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1530"/>
+    <s v="Beverages and tobacco"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13179"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3210"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1700"/>
+    <s v="Textiles, clothing, footwear and leather"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Wood and wood products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6759"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2100"/>
+    <s v="Paper, paper products, printing and publishing"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9859"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="Chemical, rubber and plastic products"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2610"/>
+    <s v="Glass, pottery and cement"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27818"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4727"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="Metals, metal products, machinery and engineering"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4377"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3400"/>
+    <s v="Other manufacturing (incl. transport equipment)"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Electricity, gas and water supply"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5165"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4510"/>
+    <s v="Building and construction"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80413"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7305"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7009"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26053"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8768"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5000"/>
+    <s v="Commerce"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12486"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13379"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6265"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="Wholesale distribution"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67034"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6181"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19788"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6233"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5933"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7916"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5201"/>
+    <s v="Retail distribution"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10800"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40291"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22491"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2143"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5900"/>
+    <s v="Insurance, finance and business services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17723"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8863"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6000"/>
+    <s v="Transport, communication and storage"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26964"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11093"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6200"/>
+    <s v="Public administration and defence"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158180"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16132"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7805"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14819"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55646"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14597"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12205"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14986"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6500"/>
+    <s v="Professional services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21990"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62958"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5448"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21205"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5433"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5455"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7000"/>
+    <s v="Personal services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10171"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7500"/>
+    <s v="Recreational services"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10767"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9010"/>
+    <s v="Other industries or industry not stated"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504589"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50049"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24310"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45030"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="178369"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46666"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42112"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48175"/>
+  </r>
+  <r>
+    <s v="A0516"/>
+    <s v="1996 Population Aged 15 Years and Over at Work"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9999"/>
+    <s v="All industries"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69878"/>
+  </r>
+</pivotCacheRecords>
 </file>