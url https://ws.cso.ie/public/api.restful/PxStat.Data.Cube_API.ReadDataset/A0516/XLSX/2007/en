--- v1 (2026-01-22)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccf913da4094d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee8c024fc60442a8bd51f250c8b6b0d7.psmdcp" Id="R5aff34eb791d4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be1414644384ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c995f4bb92d45eb9185c6cdb4eab8f3.psmdcp" Id="R633bd27e86fb41b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>