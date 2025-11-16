--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2ac5de37a7b4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/305db2bf20c444e98308c5376c59dbb0.psmdcp" Id="R90be395b68b44154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd0285f02644a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5345efebd5f64804aea6c395a178f7ba.psmdcp" Id="R21261df8e13c4de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>