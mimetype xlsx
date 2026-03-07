--- v1 (2025-11-16)
+++ v2 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd0285f02644a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5345efebd5f64804aea6c395a178f7ba.psmdcp" Id="R21261df8e13c4de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c895920d6d471a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/154716b7c96a40269981353bb19d65d4.psmdcp" Id="Ra8f909edb29a488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0432</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Percentage of Population Born Outside County of Enumeration by Birthplace</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0432/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -604,483 +604,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="Place of Enumeration" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1153" totalsRowShown="0">
   <x:autoFilter ref="A1:H1153"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Place of Enumeration"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1349,51 +1054,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0432/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1285,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1153"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -31590,51 +31295,51 @@
       <x:c r="E1153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H1153" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31651,51 +31356,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1153" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="32">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="B"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="16"/>
         <x:s v="171"/>
         <x:s v="172"/>
@@ -32805,27 +32510,11548 @@
         <x:n v="39011"/>
         <x:n v="8722"/>
         <x:n v="2458"/>
         <x:n v="1622"/>
         <x:n v="120"/>
         <x:n v="51293"/>
         <x:n v="37823"/>
         <x:n v="8894"/>
         <x:n v="2594"/>
         <x:n v="1444"/>
         <x:n v="229"/>
         <x:n v="136"/>
         <x:n v="173"/>
         <x:n v="51313"/>
         <x:n v="39521"/>
         <x:n v="7095"/>
         <x:n v="2067"/>
         <x:n v="1472"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3443405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2604853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="606167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="40557"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="133831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="12577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="16591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="28829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3540643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2676045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="640598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="36538"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="128668"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="12586"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="15350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="30858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3525719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2626053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="670941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="35986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="126487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="11378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="40341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2670280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="684630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="37539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="145010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="18753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="57371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1790521"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1279220"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="388650"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="23979"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="67738"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="6923"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="18678"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1852649"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1331629"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="404147"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="21867"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="64068"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="19499"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1860949"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1321587"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="421031"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="20396"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="62559"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="24204"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1924702"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1360018"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="424975"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="21993"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="70060"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="8258"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="34244"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="39820"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="27925"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="40988"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="29876"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9316"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="40942"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="27619"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11561"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="41616"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="28850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10699"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1003164"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="753156"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="176873"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="14664"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="37002"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="13632"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1021449"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="782571"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="169797"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="13213"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="34244"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="14102"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1025304"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="787914"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="166181"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="12121"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="33965"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="17584"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1058264"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="809882"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="165689"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="12473"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="36509"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="24903"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="104122"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54134"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="43018"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="116247"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57137"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="52194"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4329"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="122656"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="59273"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="56220"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="134992"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="63107"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="62891"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5310"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="70806"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="53279"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14196"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="73186"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54757"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="15145"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="73635"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54928"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="15181"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="75336"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54481"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="16011"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51171"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="36770"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12299"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="53284"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38369"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12904"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52314"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38032"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12338"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52945"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38427"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12135"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="31140"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="22585"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="6741"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="31496"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="22451"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7254"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="30296"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="20823"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="30166"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="21596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="88514"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="68142"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12505"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="91810"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="71782"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12902"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="90724"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="71345"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12594"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="92166"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="71131"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="95419"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="53898"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="34953"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="103881"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="55539"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="41948"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="105370"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="52707"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="46630"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="109732"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54103"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="48751"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58312"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43396"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="59835"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="44674"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58494"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="42070"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14098"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="59117"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43913"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12472"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="61523"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="40426"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17633"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2259"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="63379"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41533"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="18439"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2238"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="61880"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39399"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="63314"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41497"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2426"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="99081"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="81096"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12775"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4006"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="102552"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="84246"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13190"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="102069"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="83290"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13632"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="104371"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="83905"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="87449"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="44413"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="35226"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="94542"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="48694"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="38248"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="97265"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="44187"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="45398"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="102683"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="49126"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="44544"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5277"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="998315"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="810436"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="130683"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="39022"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="5306"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1020577"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="823253"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="141371"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="37198"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1009533"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="800070"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="151259"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="37818"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="10555"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1033903"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="805456"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="158168"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4359"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="44647"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="13770"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="87567"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="62742"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="18119"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3988"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="91344"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="63478"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="21387"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="90918"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57934"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26034"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="94006"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="60244"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="25529"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1695"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="402465"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="344744"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="35836"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="14676"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="412735"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="352993"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="38527"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="14062"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="410369"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="348721"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="38565"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="14804"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="420510"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="352107"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="41184"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="17153"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="5810"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="122770"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="101989"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12710"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="124159"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="101528"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13799"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="121894"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="96302"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17036"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="126130"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="95323"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="19476"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6822"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="161661"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="127640"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="25034"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="164569"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="130086"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26260"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="161956"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="126792"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26740"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="165042"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="126575"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="28822"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6125"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58984"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="46185"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10204"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="59522"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="46641"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10497"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="57854"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="45014"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58021"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43900"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11278"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="76277"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="59741"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12828"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="77097"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="59706"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13716"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="74918"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57165"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14124"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="75514"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57104"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="88591"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="67395"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="15952"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="91151"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="68821"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="91624"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="68142"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="18301"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="94680"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="70203"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17860"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4696"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="424410"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="331811"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="64174"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="18951"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="431409"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="334043"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="68724"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="19290"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2486"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="423031"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="322091"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="71573"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="18499"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="433231"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="321162"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="76116"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="22091"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="6362"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="172018"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="136861"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="23304"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7655"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="178552"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="140135"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26309"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7772"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="180364"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="138771"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="28211"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="188854"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="140794"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="31280"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="9424"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="27609"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="20933"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="5056"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="27035"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="19962"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="25301"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="25057"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="5456"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="114766"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="94597"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12134"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5916"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="115184"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="94259"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12735"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="110713"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="89242"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13718"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="111524"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="88394"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14064"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="54543"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38334"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13209"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="54592"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38379"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13270"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2234"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51897"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="36378"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12827"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51975"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="35176"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13472"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="55474"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41086"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10471"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="56046"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41308"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10995"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="54756"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39680"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11192"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="55821"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39369"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11844"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="230159"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="183386"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="22660"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="9430"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="236008"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="187120"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26356"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8112"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="232206"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="182305"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="27078"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7611"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="234251"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="183644"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="25371"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="8553"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8212"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="53855"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="42477"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8104"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1700"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="53965"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41499"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9448"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52796"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41039"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52944"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="40192"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="125112"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="102286"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7131"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5615"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="129664"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="106610"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4375"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="128117"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="103443"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="129994"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="103931"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="6060"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51192"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38623"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52379"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39011"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51293"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="37823"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39521"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0432C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+</pivotCacheRecords>
 </file>