--- v0 (2025-11-05)
+++ v1 (2026-02-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812d8972bde348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d1e14f95ae27408681d9fbc0b80436ca.psmdcp" Id="Rbc50323a2a744b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc662cc935fe4eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a53a38bff8b463a85796c2c644dbb2a.psmdcp" Id="R7ab2a3a7416e44c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0428</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Usually Resident in the State by place of Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0428/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,459 +586,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J466" totalsRowShown="0">
   <x:autoFilter ref="A1:J466"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Birthplace"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1309,51 +1038,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0428/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1540,51 +1269,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J466"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16486,51 +16215,51 @@
       <x:c r="G466" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>23.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16547,51 +16276,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J466" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="31">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -17124,27 +16853,5608 @@
         <x:n v="8984"/>
         <x:n v="13963"/>
         <x:n v="20.8"/>
         <x:n v="27695"/>
         <x:n v="18419"/>
         <x:n v="3485"/>
         <x:n v="5791"/>
         <x:n v="33.5"/>
         <x:n v="58322"/>
         <x:n v="50373"/>
         <x:n v="3386"/>
         <x:n v="4563"/>
         <x:n v="13.6"/>
         <x:n v="24103"/>
         <x:n v="18381"/>
         <x:n v="2113"/>
         <x:n v="3609"/>
         <x:n v="23.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3344919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="2660962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="168068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="515889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1689201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1357496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="61284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="270421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39789"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="962939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="809607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="153332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="77730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="63044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="73269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="53346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30508"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21470"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="98782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="70923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="68838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="43608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="104169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="83506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="49141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1000552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="802121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="56277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="142154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="75858"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="59676"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="405462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="351653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="17996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="35813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="119472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="94262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="173707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="126285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="137024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="100382"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10878"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="89029"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="69863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="432959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="318723"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="35278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="78958"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="182890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="140008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="12479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="17205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="117234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="87683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="50951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="34779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="54867"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="39048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="222207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="182622"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="55849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="39883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="117316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="103499"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="49042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="39240"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1664451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1356684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="69954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="237813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="839144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="685017"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="25117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="129010"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19797"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="15167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="476627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="399728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="76899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="32573"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28522"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6038"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="26849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="11556"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="49265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29517"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="23077"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4554"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="51803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="25247"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="497394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="408865"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="24339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="64190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="31133"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="201436"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="176436"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16840"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7597"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="86033"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="64371"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17318"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="68276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="52460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11240"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="44247"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="215826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="167353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="14253"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="91510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="72684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13836"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="57856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="45621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3963"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4436"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20516"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="112087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="95449"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10393"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58994"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="53126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24939"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20859"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1680468"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1304278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="98114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="278076"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="850057"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="672479"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="36167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="141411"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19992"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="13557"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="486312"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="409879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="76433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="38665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="30471"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="25456"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7735"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="26497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="17747"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="15106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="9914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="49517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35008"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9821"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34435"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="25604"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30307"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19859"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="52366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="40559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6934"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="31016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="23894"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="503158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="393256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="31938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="77964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="38109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28543"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="204026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="175217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="18973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59819"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="45391"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="87674"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="61914"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="68748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="47922"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="44782"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="34269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="217133"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="151370"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="21025"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="44738"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="91380"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="67324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59378"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="42062"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5762"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="25567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="15825"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6610"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27442"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="110120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="87173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8984"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13963"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="27695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18419"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="50373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3609"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0428C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+</pivotCacheRecords>
 </file>