--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd854196681fb4e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f0083ee4361429ba470a4745c66c786.psmdcp" Id="Rf62cd02fcd394895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf88bf606304e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f169020438eb448bbec6b0b6c34d04b0.psmdcp" Id="R18d07385b3a2429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0424</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0424/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,419 +532,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N571" totalsRowShown="0">
   <x:autoFilter ref="A1:N571"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286A"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="C02719V03286B"/>
     <x:tableColumn id="10" name="Country of Previous Residence"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1219,51 +990,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0424/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1450,51 +1221,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N571"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="109.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="40.567768" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -26612,51 +26383,51 @@
       <x:c r="K571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N571" s="0">
         <x:v>792</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26673,51 +26444,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N571" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0424"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -27318,27 +27089,9148 @@
         <x:n v="87"/>
         <x:n v="72"/>
         <x:n v="1144"/>
         <x:n v="484"/>
         <x:n v="18"/>
         <x:n v="100"/>
         <x:n v="644"/>
         <x:n v="292"/>
         <x:n v="16"/>
         <x:n v="25"/>
         <x:n v="352"/>
         <x:n v="974"/>
         <x:n v="41"/>
         <x:n v="376"/>
         <x:n v="1503"/>
         <x:n v="651"/>
         <x:n v="26"/>
         <x:n v="53"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151026"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11602"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22662"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26209"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211499"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140711"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16078"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13974"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21166"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="191929"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75171"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5270"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12420"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103055"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67955"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7323"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6394"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10750"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92422"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75855"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12468"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13789"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108444"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72756"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8755"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7580"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10416"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99507"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7330"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9065"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13225"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4574"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6720"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4458"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9522"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3286"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11997"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7333"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12585"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19077"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6206"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8932"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6379"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10145"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12860"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19244"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18351"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24772"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8866"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7325"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1076"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11011"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9485"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15103"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23895"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18391"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24598"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7613"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11606"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8623"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7490"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12289"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13072"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10086"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16954"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14259"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2184"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19285"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6752"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9259"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5048"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8669"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7507"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11119"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16556"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9810"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13289"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7968"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8588"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5058"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6830"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14921"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19958"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9235"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12063"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7439"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9830"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7482"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10128"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6165"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17331"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22290"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7201"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9196"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11348"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10942"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3797"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15743"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19618"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7444"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10359"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7228"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9259"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3739"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16549"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5616"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7129"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8699"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6248"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7850"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10815"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13383"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5575"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6530"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8379"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10328"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5255"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUAB"/>
+    <s v="EU 15 excluding Ireland and United Kingdom"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX19"/>
+    <s v="Other Countries (19)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="A0424"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+</pivotCacheRecords>
 </file>