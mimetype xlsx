--- v1 (2025-12-22)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf88bf606304e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f169020438eb448bbec6b0b6c34d04b0.psmdcp" Id="R18d07385b3a2429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3aef80584ad46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b87dd80047954a7da5a545f626d4f122.psmdcp" Id="R22638cef311249c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>