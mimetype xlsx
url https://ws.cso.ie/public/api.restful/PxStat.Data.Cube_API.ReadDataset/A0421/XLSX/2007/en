--- v0 (2025-11-10)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71fbc2762b5247d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/187264d183424828961528bb3e5a3c2a.psmdcp" Id="Ra8a868a2fcef413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re269651024f94ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0859196231334c729d5dc03c5a7178d2.psmdcp" Id="Rf3bb726ae618407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0421</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged One Year and Over Usually Resident by Country of Previous Residence and Percentage who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0421/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -622,507 +622,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J736" totalsRowShown="0">
   <x:autoFilter ref="A1:J736"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County of Usual Residence"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1393,51 +1086,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0421/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1624,51 +1317,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J736"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -25210,51 +24903,51 @@
       <x:c r="G736" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H736" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I736" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J736" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25271,51 +24964,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J736" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="35">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
@@ -26050,27 +25743,8848 @@
         <x:n v="2777"/>
         <x:n v="287"/>
         <x:n v="27600"/>
         <x:n v="2783"/>
         <x:n v="2202"/>
         <x:n v="80"/>
         <x:n v="333"/>
         <x:n v="25315"/>
         <x:n v="11211"/>
         <x:n v="9981"/>
         <x:n v="686"/>
         <x:n v="63631"/>
         <x:n v="17.6"/>
         <x:n v="3517"/>
         <x:n v="3067"/>
         <x:n v="158"/>
         <x:n v="24929"/>
         <x:n v="14.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="403428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="291737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="27680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="36636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="47375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="3596543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="41646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="50986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="30912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="6189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="4863"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="9022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="481137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="30694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="17018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="188906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="17444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="10989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="166815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="18993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="218468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9735"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="134928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="73885"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="52415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8909"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="91567"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="109414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="58300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="62962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="103157"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="101893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="92383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="126962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="29352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="21780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2921"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="290806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="15732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="122217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="112790"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="57671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="74768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="42098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="56342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="16006"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="129390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="16722"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="14066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="109970"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="52293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="21545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="19200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="128516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="50900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="195477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="143126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="12593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="16588"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="23170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="1785510"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1714"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="21111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="24486"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="15291"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="227417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="14346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="89864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8339"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="82279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9179"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="107376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6680"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="67776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3674"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="15341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="45383"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="55303"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="31441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="50629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="46919"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="60901"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="14190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="10589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="146766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5796"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="61900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="24974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="57459"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29253"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="37938"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="20576"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2696"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26320"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7970"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="66642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8392"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="55718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26399"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2662"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="27313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10334"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="64885"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25971"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="207951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="148611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="15087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="20048"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="24205"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="1811033"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="26500"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="15621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3487"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2709"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="253720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="16348"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="99042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="84536"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="111092"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6907"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4936"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="67152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="36423"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25507"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="14657"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="46184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54111"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2468"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="31521"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6784"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="51264"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5965"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="45464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6247"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="66061"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="144040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="60317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26760"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="55331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="28418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="36830"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="21522"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="30022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="62748"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="11767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6871"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3073"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="24913"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="27600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25315"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9981"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="63631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3517"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3067"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="24929"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0421C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+</pivotCacheRecords>
 </file>