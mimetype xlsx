--- v0 (2025-11-16)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68dc2b4793794b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9775b0c82074a92a9cc611fd63f78a2.psmdcp" Id="R42ca07a57a394ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1bdad9c6ae84747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77c465006947499384fcbe69ab29c467.psmdcp" Id="Rc73420f011e24f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0416</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0416/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -419,50 +419,53 @@
   <x:si>
     <x:t>24</x:t>
   </x:si>
   <x:si>
     <x:t>Cavan</x:t>
   </x:si>
   <x:si>
     <x:t>25</x:t>
   </x:si>
   <x:si>
     <x:t>Donegal</x:t>
   </x:si>
   <x:si>
     <x:t>26</x:t>
   </x:si>
   <x:si>
     <x:t>Monaghan</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -604,515 +607,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence One Year Previously" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L526" totalsRowShown="0">
   <x:autoFilter ref="A1:L526"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence One Year Previously"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1385,51 +1081,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0416/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1616,51 +1312,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L526"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="127.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="45.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10034,50 +9730,53 @@
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L221" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:12">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>53</x:v>
@@ -14971,6714 +14670,6717 @@
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="L351" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:12">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J352" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L352" s="0">
         <x:v>44632</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:12">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L353" s="0">
         <x:v>33166</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:12">
       <x:c r="A354" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H354" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L354" s="0">
         <x:v>9134</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:12">
       <x:c r="A355" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L355" s="0">
         <x:v>1193</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:12">
       <x:c r="A356" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H356" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L356" s="0">
         <x:v>1139</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:12">
       <x:c r="A357" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L357" s="0">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:12">
       <x:c r="A358" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H358" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L358" s="0">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:12">
       <x:c r="A359" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L359" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:12">
       <x:c r="A360" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H360" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L360" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:12">
       <x:c r="A361" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L361" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:12">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J362" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L362" s="0">
         <x:v>8085</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:12">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L363" s="0">
         <x:v>5405</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:12">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J364" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L364" s="0">
         <x:v>2172</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:12">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L365" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:12">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L366" s="0">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:12">
       <x:c r="A367" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L367" s="0">
         <x:v>3261</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:12">
       <x:c r="A368" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L368" s="0">
         <x:v>2389</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L369" s="0">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:12">
       <x:c r="A370" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L370" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L371" s="0">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:12">
       <x:c r="A372" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J372" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L372" s="0">
         <x:v>2276</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:12">
       <x:c r="A373" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L373" s="0">
         <x:v>1492</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J374" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L374" s="0">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:12">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L375" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J376" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L376" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:12">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L377" s="0">
         <x:v>2967</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:12">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L378" s="0">
         <x:v>1888</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L379" s="0">
         <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:12">
       <x:c r="A380" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L380" s="0">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L381" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:12">
       <x:c r="A382" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H382" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I382" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J382" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L382" s="0">
         <x:v>1535</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:12">
       <x:c r="A383" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L383" s="0">
         <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:12">
       <x:c r="A384" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H384" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I384" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J384" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L384" s="0">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:12">
       <x:c r="A385" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L385" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:12">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J386" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L386" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:12">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L387" s="0">
         <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:12">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L388" s="0">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:12">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L389" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:12">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J390" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L390" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:12">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L391" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:12">
       <x:c r="A392" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J392" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L392" s="0">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:12">
       <x:c r="A393" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L393" s="0">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:12">
       <x:c r="A394" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L394" s="0">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:12">
       <x:c r="A395" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L395" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:12">
       <x:c r="A396" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L396" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L397" s="0">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:12">
       <x:c r="A398" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L398" s="0">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L399" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:12">
       <x:c r="A400" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H400" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I400" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J400" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K400" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L400" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:12">
       <x:c r="A401" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L401" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:12">
       <x:c r="A402" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L402" s="0">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:12">
       <x:c r="A403" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L403" s="0">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:12">
       <x:c r="A404" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H404" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I404" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J404" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L404" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:12">
       <x:c r="A405" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L405" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:12">
       <x:c r="A406" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:12">
       <x:c r="A407" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L407" s="0">
         <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:12">
       <x:c r="A408" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I408" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J408" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L408" s="0">
         <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:12">
       <x:c r="A409" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L409" s="0">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:12">
       <x:c r="A410" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H410" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J410" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K410" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L410" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:12">
       <x:c r="A411" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L411" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:12">
       <x:c r="A412" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I412" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J412" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L412" s="0">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:12">
       <x:c r="A413" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L413" s="0">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L414" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:12">
       <x:c r="A415" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L415" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:12">
       <x:c r="A416" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L416" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L417" s="0">
         <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:12">
       <x:c r="A418" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L418" s="0">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L419" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:12">
       <x:c r="A420" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L420" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L421" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I422" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J422" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K422" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L422" s="0">
         <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:12">
       <x:c r="A423" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L423" s="0">
         <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:12">
       <x:c r="A424" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H424" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I424" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J424" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K424" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L424" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:12">
       <x:c r="A425" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I425" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L425" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:12">
       <x:c r="A426" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L426" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:12">
       <x:c r="A427" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L427" s="0">
         <x:v>1146</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:12">
       <x:c r="A428" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H428" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I428" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J428" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L428" s="0">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:12">
       <x:c r="A429" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L429" s="0">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:12">
       <x:c r="A430" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H430" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I430" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J430" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K430" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L430" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:12">
       <x:c r="A431" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I431" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L431" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:12">
       <x:c r="A432" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I432" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J432" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L432" s="0">
         <x:v>983</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:12">
       <x:c r="A433" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L433" s="0">
         <x:v>799</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:12">
       <x:c r="A434" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J434" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K434" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L434" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:12">
       <x:c r="A435" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L435" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:12">
       <x:c r="A436" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K436" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L436" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:12">
       <x:c r="A437" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I437" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L437" s="0">
         <x:v>2159</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:12">
       <x:c r="A438" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H438" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I438" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J438" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K438" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L438" s="0">
         <x:v>1468</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:12">
       <x:c r="A439" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I439" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L439" s="0">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:12">
       <x:c r="A440" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H440" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I440" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J440" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K440" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L440" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:12">
       <x:c r="A441" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I441" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L441" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:12">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J442" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K442" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L442" s="0">
         <x:v>2573</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:12">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L443" s="0">
         <x:v>2111</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L444" s="0">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:12">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L445" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:12">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H446" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L446" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:12">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L447" s="0">
         <x:v>1132</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:12">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I448" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J448" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K448" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L448" s="0">
         <x:v>982</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:12">
       <x:c r="A449" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L449" s="0">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:12">
       <x:c r="A450" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H450" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I450" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J450" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K450" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L450" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:12">
       <x:c r="A451" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:12">
       <x:c r="A452" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J452" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K452" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L452" s="0">
         <x:v>911</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:12">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L453" s="0">
         <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:12">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J454" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K454" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L454" s="0">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:12">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L455" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:12">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L456" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:12">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L457" s="0">
         <x:v>1522</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:12">
       <x:c r="A458" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J458" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K458" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L458" s="0">
         <x:v>1177</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:12">
       <x:c r="A459" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L459" s="0">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:12">
       <x:c r="A460" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J460" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K460" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L460" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:12">
       <x:c r="A461" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L461" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:12">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K462" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L462" s="0">
         <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:12">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L463" s="0">
         <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:12">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I464" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J464" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K464" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L464" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:12">
       <x:c r="A465" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I465" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L465" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:12">
       <x:c r="A466" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J466" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K466" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L466" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:12">
       <x:c r="A467" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I467" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L467" s="0">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:12">
       <x:c r="A468" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H468" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I468" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J468" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L468" s="0">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:12">
       <x:c r="A469" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L469" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:12">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K470" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L470" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:12">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L471" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:12">
       <x:c r="A472" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I472" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J472" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K472" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L472" s="0">
         <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:12">
       <x:c r="A473" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L473" s="0">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:12">
       <x:c r="A474" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H474" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I474" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J474" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L474" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:12">
       <x:c r="A475" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L475" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:12">
       <x:c r="A476" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J476" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K476" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L476" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:12">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L477" s="0">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:12">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I478" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J478" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K478" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L478" s="0">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:12">
       <x:c r="A479" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L479" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:12">
       <x:c r="A480" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I480" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J480" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L480" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:12">
       <x:c r="A481" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I481" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L481" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:12">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I482" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J482" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K482" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L482" s="0">
         <x:v>1384</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:12">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L483" s="0">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:12">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I484" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J484" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L484" s="0">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:12">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L485" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:12">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K486" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L486" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:12">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L487" s="0">
         <x:v>1520</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:12">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J488" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K488" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L488" s="0">
         <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:12">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L489" s="0">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:12">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J490" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K490" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L490" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:12">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L491" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:12">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J492" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L492" s="0">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:12">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L493" s="0">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:12">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J494" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K494" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L494" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:12">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L495" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:12">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L496" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:12">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L497" s="0">
         <x:v>969</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:12">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L498" s="0">
         <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:12">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L499" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:12">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J500" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L500" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:12">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L501" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:12">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J502" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L502" s="0">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:12">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L503" s="0">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:12">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J504" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L504" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:12">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L505" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:12">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J506" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K506" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L506" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:12">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L507" s="0">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:12">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J508" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L508" s="0">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:12">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L509" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:12">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J510" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L510" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:12">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L511" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:12">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J512" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L512" s="0">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:12">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L513" s="0">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:12">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L514" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:12">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L515" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:12">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J516" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L516" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:12">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L517" s="0">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:12">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J518" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K518" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L518" s="0">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:12">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L519" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:12">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J520" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K520" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L520" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:12">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L521" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:12">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J522" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L522" s="0">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:12">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L523" s="0">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:12">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J524" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L524" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:12">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L525" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:12">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L526" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21695,51 +21397,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L526" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0416"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -22206,27 +21908,7378 @@
         <x:n v="212"/>
         <x:n v="38"/>
         <x:n v="969"/>
         <x:n v="842"/>
         <x:n v="108"/>
         <x:n v="561"/>
         <x:n v="437"/>
         <x:n v="91"/>
         <x:n v="651"/>
         <x:n v="548"/>
         <x:n v="485"/>
         <x:n v="385"/>
         <x:n v="72"/>
         <x:n v="681"/>
         <x:n v="588"/>
         <x:n v="373"/>
         <x:n v="302"/>
         <x:n v="5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84451"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62636"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17796"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2588"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15133"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10027"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4446"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3760"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4956"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4058"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39819"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29470"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8662"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7048"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2383"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44632"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33166"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9134"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2967"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="A0416"/>
+    <s v="1996 Population Aged One Year and Over Usually Resident in the State whose Usual Residence One Year Previously was Elsewhere in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+</pivotCacheRecords>
 </file>