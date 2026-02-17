--- v0 (2025-11-03)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R107ffb0f6ac14416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bddc1165cba0492883cf9e06b62dc443.psmdcp" Id="Rebab71b54feb4af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1a16aaa68c4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/567310b447f04cebbfd5861fae217ae9.psmdcp" Id="Rf1607ca831e2434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0409</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Usually Resident in the State but not Enumerated at their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0409/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -604,523 +604,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02850V03427" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Usual Residence One Year Ago" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L631" totalsRowShown="0">
   <x:autoFilter ref="A1:L631"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence"/>
     <x:tableColumn id="7" name="C02850V03427"/>
     <x:tableColumn id="8" name="Usual Residence One Year Ago"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1393,51 +1080,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0409/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1624,51 +1311,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L631"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="82.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="75.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25638,51 +25325,51 @@
       <x:c r="I631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L631" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25699,51 +25386,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L631" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0409"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26431,27 +26118,8848 @@
         <x:n v="130"/>
         <x:n v="27280"/>
         <x:n v="25024"/>
         <x:n v="1239"/>
         <x:n v="24966"/>
         <x:n v="23909"/>
         <x:n v="562"/>
         <x:n v="94"/>
         <x:n v="62787"/>
         <x:n v="59098"/>
         <x:n v="2361"/>
         <x:n v="590"/>
         <x:n v="316"/>
         <x:n v="422"/>
         <x:n v="24586"/>
         <x:n v="23476"/>
         <x:n v="706"/>
         <x:n v="92"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3548001"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3282928"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="140054"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84451"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18374"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22194"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41127"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38036"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="475215"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="421495"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28848"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16525"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3444"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186453"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="169127"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164116"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151778"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5590"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215084"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201055"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6363"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5992"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132886"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121304"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5768"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72884"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68783"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51687"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48857"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29604"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27921"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90300"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84437"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4031"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107969"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101358"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57464"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54600"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62005"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57302"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2700"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101777"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95789"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100493"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92884"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91151"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85872"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125476"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113057"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4427"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286729"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="270183"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9762"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="120772"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113379"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4558"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1580"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50980"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45474"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111300"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102525"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56912"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53726"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73755"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69167"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41487"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37061"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50705"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48034"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55575"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44989"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4050"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127706"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121814"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24325"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23359"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="108621"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103185"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50713"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48582"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54258"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50211"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51563"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49556"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126704"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119915"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50205"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48113"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1760437"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1635703"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65676"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39819"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8593"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20848"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19323"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224401"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200108"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13019"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88574"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80597"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80836"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74914"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105576"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98757"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2937"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66760"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61161"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36960"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34999"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26553"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25181"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15145"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14322"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44733"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41913"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54546"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51295"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29122"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27755"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30952"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28737"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51127"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48273"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49946"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46307"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46242"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43659"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60129"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54436"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144701"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="136641"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4697"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61155"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57688"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24616"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22010"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56719"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52205"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28861"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27313"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37426"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35189"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20260"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18132"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25708"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24391"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25922"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21388"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65754"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62960"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12686"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12214"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55001"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52499"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26067"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25048"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26978"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25187"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26597"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25647"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63917"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60817"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25619"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24637"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1787564"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1647225"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74378"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44632"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9781"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11548"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20279"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18713"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250814"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="221387"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15829"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9100"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97879"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88530"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3434"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="83280"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="76864"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109508"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102298"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66126"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60143"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35924"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33784"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25134"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23676"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14459"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13599"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45567"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42524"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53423"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50063"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28342"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26845"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31053"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28565"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50650"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47516"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50547"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46577"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44909"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42213"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65347"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58621"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3514"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142028"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133542"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2201"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59617"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55691"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26364"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23464"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54581"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50320"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1703"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26413"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36329"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33978"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21227"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18929"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24997"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23643"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29653"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2787"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61952"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58854"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11639"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11145"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53620"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50686"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24646"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23534"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27280"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25024"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24966"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23909"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62787"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59098"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24586"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23476"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="A0409"/>
+    <s v="1996 Population Usually Resident in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+</pivotCacheRecords>
 </file>