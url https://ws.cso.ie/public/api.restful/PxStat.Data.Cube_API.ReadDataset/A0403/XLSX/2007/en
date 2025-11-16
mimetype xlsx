--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc839e00310e34ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31368954e2b4478aab0d3670f103563a.psmdcp" Id="R6541a91fe20a4615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb102ce2fd994c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96134394a34143809841c89deb7a3d4c.psmdcp" Id="R7b2fdd1389984e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>