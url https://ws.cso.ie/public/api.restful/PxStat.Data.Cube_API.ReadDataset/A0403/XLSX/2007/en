--- v1 (2025-11-16)
+++ v2 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb102ce2fd994c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96134394a34143809841c89deb7a3d4c.psmdcp" Id="R7b2fdd1389984e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4c494aea364b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5051dd1bd0c8416e82adb1fc2a08ba13.psmdcp" Id="R6c41669b2c94458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0403</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0403/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -601,515 +601,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...463 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="County" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="35">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02773V03342" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Enumerated and Usually Resident or Absent" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L526" totalsRowShown="0">
   <x:autoFilter ref="A1:L526"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02773V03342"/>
     <x:tableColumn id="8" name="Enumerated and Usually Resident or Absent"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1382,51 +1075,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0403/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1613,51 +1306,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L526"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="61.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -21637,51 +21330,51 @@
       <x:c r="I526" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J526" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K526" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L526" s="0">
         <x:v>24929</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21698,51 +21391,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L526" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0403"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="35">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
@@ -22346,27 +22039,7378 @@
         <x:n v="64885"/>
         <x:n v="64474"/>
         <x:n v="869"/>
         <x:n v="472"/>
         <x:n v="63631"/>
         <x:n v="51313"/>
         <x:n v="584"/>
         <x:n v="503"/>
         <x:n v="50900"/>
         <x:n v="26158"/>
         <x:n v="149"/>
         <x:n v="215"/>
         <x:n v="25971"/>
         <x:n v="25155"/>
         <x:n v="183"/>
         <x:n v="331"/>
         <x:n v="288"/>
         <x:n v="24929"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29544"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58530"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58530"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3596543"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14722"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26550"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26550"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1785510"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14822"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31980"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31980"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1811033"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41616"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="41646"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21086"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21111"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20530"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="481854"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4270"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10690"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="481137"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="228401"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3214"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="227417"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253453"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3923"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6290"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253720"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189999"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="188906"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90435"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89864"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99564"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99042"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="167683"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1933"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="166815"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82720"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82279"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84963"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84536"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218728"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="218468"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107410"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107376"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111318"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111092"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134992"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2441"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134928"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68007"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67776"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66985"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67152"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75336"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="73885"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38144"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37462"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37192"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36423"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52945"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52415"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27160"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26908"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25785"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25507"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30166"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29998"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15468"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15341"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14698"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14657"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92166"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="91567"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45641"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45383"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46525"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46184"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109732"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109414"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55340"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55303"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54392"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54111"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59117"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58300"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30003"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29541"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29114"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28759"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63314"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62962"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31599"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31441"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31715"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31521"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104371"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103157"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52432"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51860"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51939"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51297"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="102683"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101893"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50823"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50629"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51860"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51264"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94006"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="92383"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47789"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46919"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46217"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45464"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127187"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126962"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61254"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60901"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65933"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66061"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="293323"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="290806"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="147923"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146766"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="145400"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1772"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144040"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="126130"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2981"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122217"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63801"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61900"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62329"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60317"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52039"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51734"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25092"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24974"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26947"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26760"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113003"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112790"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57454"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57459"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55549"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55331"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58021"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57671"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29290"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29253"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28731"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28418"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75514"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74768"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38312"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37938"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37202"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36830"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42540"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42098"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20790"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20576"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21750"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21522"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52140"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51387"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26512"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26074"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25628"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25313"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57241"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56342"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26973"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26320"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30268"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30022"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131613"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129390"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67556"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66642"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64057"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62748"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25057"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13044"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12013"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11767"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="111524"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109970"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56371"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55718"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55153"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54252"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51975"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51312"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26695"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26399"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25280"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24913"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55821"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54913"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27313"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28073"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27600"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52944"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52293"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27281"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26978"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25663"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25315"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="129994"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128516"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65520"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64885"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64474"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63631"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50900"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26158"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25971"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total enumerated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25155"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Enumerated in county but usually resident - outside State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Enumerated in county but usually resident - in other county in State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Usually resident in county, enumerated in other county"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="A0403"/>
+    <s v="1996 Population"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Total usually resident"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24929"/>
+  </r>
+</pivotCacheRecords>
 </file>