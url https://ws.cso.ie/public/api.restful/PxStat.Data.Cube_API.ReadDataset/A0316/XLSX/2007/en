--- v0 (2025-11-14)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb6b86fcf0c048d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69a03d26a50e48039c683e1e49e9e0f6.psmdcp" Id="R2040493813934756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9479c7ffcf24af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74d6dda55a6c4635ad407f6504d4f1d0.psmdcp" Id="Rb474f9d6aa19436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0316</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Private Households with Persons Aged 18 Years and Under</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0316/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -649,563 +649,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L265" totalsRowShown="0">
   <x:autoFilter ref="A1:L265"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1478,51 +1135,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0316/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1709,51 +1366,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="58.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -11815,51 +11472,51 @@
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0">
         <x:v>6262</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11876,51 +11533,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0316"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Private Households with Persons Aged 18 Years and Under"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="3">
         <x:s v="240"/>
         <x:s v="250"/>
         <x:s v="275"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="3">
         <x:s v="Under 5 years"/>
         <x:s v="5 - 12 years"/>
         <x:s v="13 - 18 years"/>
       </x:sharedItems>
@@ -12299,27 +11956,3724 @@
         <x:n v="13438"/>
         <x:n v="6816"/>
         <x:n v="8826"/>
         <x:n v="10630"/>
         <x:n v="4491"/>
         <x:n v="6139"/>
         <x:n v="49401"/>
         <x:n v="21329"/>
         <x:n v="5764"/>
         <x:n v="15565"/>
         <x:n v="2769"/>
         <x:n v="13071"/>
         <x:n v="6065"/>
         <x:n v="6167"/>
         <x:n v="27902"/>
         <x:n v="6064"/>
         <x:n v="15576"/>
         <x:n v="6262"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="189190"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="103260"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55727"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21997"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9595"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13426"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3981"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5925"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3413"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5793"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52838"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21816"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5905"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15911"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8462"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2721"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4929"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20806"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9307"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6532"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2698"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12286"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6858"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="246922"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="133221"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71063"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27730"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12454"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13656"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17223"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3750"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7314"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7482"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69031"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28441"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20952"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10933"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7511"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6376"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2948"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28044"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12451"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7210"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16626"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9245"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="240"/>
+    <s v="Under 5 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="289361"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154665"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3533"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79906"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29760"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15827"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20689"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12244"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4502"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7785"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9950"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5231"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8817"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81868"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7621"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33122"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8918"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24204"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9545"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13029"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9199"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6238"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3393"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33638"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14526"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10666"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8834"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4296"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19190"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10719"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="466067"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="243377"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122911"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44959"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20778"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24872"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32302"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19367"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10304"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12294"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16042"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8217"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14234"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13944"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132187"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12429"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53273"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13732"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39541"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15755"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20936"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15109"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7643"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10161"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11990"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5084"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6906"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57195"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24315"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6150"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15461"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7151"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33308"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7438"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18509"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="250"/>
+    <s v="5 - 12 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="261563"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="138849"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72753"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27723"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12533"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18903"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10447"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5513"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3909"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7047"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8815"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4485"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7786"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75413"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6897"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30337"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21564"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8855"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12269"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7083"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3962"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30389"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13186"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9453"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16912"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9469"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405225"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="210999"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5124"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107844"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="40013"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18308"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20576"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28947"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16000"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8607"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6321"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7108"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7334"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12456"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11784"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116923"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10869"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46983"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12953"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34030"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13962"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18837"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13438"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8826"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10630"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49401"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21329"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15565"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13071"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6065"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27902"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6064"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15576"/>
+  </r>
+  <r>
+    <s v="A0316"/>
+    <s v="1996 Private Households with Persons Aged 18 Years and Under"/>
+    <s v="275"/>
+    <s v="13 - 18 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6262"/>
+  </r>
+</pivotCacheRecords>
 </file>