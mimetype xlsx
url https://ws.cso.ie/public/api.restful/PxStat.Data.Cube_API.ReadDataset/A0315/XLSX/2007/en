--- v0 (2025-10-31)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07133c0b31284b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23869e45afd643229cc5d7a64a95bec5.psmdcp" Id="R2a76b1b8a79b4590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c15c71715c496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a136a6ef92d4410ab5b8064036f30a3.psmdcp" Id="Recb3a0844bf44e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0315</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 70 Years and Over and Percentage of those Living Alone in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/19/2021 11:00:00 AM</x:t>
+    <x:t>19/02/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0315/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,563 +664,214 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J661" totalsRowShown="0">
   <x:autoFilter ref="A1:J661"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1491,51 +1142,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0315/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1722,51 +1373,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="51.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22908,51 +22559,51 @@
       <x:c r="G661" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J661" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22969,51 +22620,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="A0315C1"/>
         <x:s v="A0315C2"/>
         <x:s v="A0315C3"/>
         <x:s v="A0315C4"/>
         <x:s v="A0315C5"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Total"/>
         <x:s v="Persons in private households"/>
         <x:s v="Persons living alone in private households"/>
         <x:s v="Percentage of persons living alone"/>
         <x:s v="Percentage of persons living alone in private households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="1996"/>
       </x:sharedItems>
     </x:cacheField>
@@ -23673,27 +23324,7948 @@
         <x:n v="34"/>
         <x:n v="34.9"/>
         <x:n v="34.8"/>
         <x:n v="41.5"/>
         <x:n v="34.7"/>
         <x:n v="35.1"/>
         <x:n v="37.1"/>
         <x:n v="36"/>
         <x:n v="38.1"/>
         <x:n v="37.6"/>
         <x:n v="38.8"/>
         <x:n v="44.8"/>
         <x:n v="34.4"/>
         <x:n v="39.7"/>
         <x:n v="43.3"/>
         <x:n v="37.5"/>
         <x:n v="36.5"/>
         <x:n v="40.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="287073"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="133983"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="70497"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="42717"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="14577"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="6198"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="7005"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="6447"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="4438"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="6944"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="4842"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="5163"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="8304"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="7221"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="86404"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="8183"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="33429"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="10083"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="23346"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="12615"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="12537"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="5325"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="6700"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="4657"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="44174"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="16520"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="13064"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3170"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="12800"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5608"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="22512"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4534"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="116996"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="51957"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="25400"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="15121"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="35709"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="13391"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="9788"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="3570"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="19378"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="5929"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="2458"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="170077"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="82026"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="45097"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="27596"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="9310"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="4337"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="3952"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="4241"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="50695"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="4567"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="20038"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="6480"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="13558"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="7120"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="7508"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="3892"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="4491"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="24796"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="7249"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="12560"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="3084"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="6911"/>
+  </r>
+  <r>
+    <s v="A0315C1"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="2565"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="256657"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="119241"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="62229"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="37474"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="12976"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="5413"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="6008"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="5633"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="4034"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="6322"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="6721"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="7556"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="6279"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="77022"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="7289"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="29919"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="8676"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="21243"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="11305"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="7837"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="6583"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="2364"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="39567"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="14602"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="4942"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="20827"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="5175"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="11529"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4123"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="107247"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="47600"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="23145"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="13646"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="4886"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="32611"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="12252"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="17677"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="9359"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="149410"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="71641"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="39084"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="23828"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="8090"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="3870"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="3491"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="44411"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="3982"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="17667"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="5522"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="12145"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="6268"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="6613"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="3804"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="21890"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="8093"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="6372"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="6529"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="11468"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="A0315C2"/>
+    <s v="Persons in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="81121"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="38145"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="20810"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="13530"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="1607"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="24444"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="9617"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="6413"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="3557"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="3176"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="6714"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="25292"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="10408"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4824"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="7758"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="55829"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="Number"/>
+    <n v="27737"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="15986"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="Number"/>
+    <n v="3318"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="Number"/>
+    <n v="16686"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="6848"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="Number"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="Number"/>
+    <n v="7234"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="979"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="A0315C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="A0315C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="A0315C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+</pivotCacheRecords>
 </file>