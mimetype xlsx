--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb834e955d03641e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7cbe36ae3c44d6e9bc92c335addce11.psmdcp" Id="Reb0cc8ed90bc4831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd081fa528ec44dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/491e0c0f2de348b686112ed792a946c5.psmdcp" Id="Rf86bf4622da24cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0314</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population Aged 65 Years and Over and Percentage of those Living Alone in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0314/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -664,563 +664,214 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J661" totalsRowShown="0">
   <x:autoFilter ref="A1:J661"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1491,51 +1142,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0314/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1722,51 +1373,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J661"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -22908,51 +22559,51 @@
       <x:c r="G661" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J661" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22969,51 +22620,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J661" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -23657,27 +23308,7948 @@
         <x:n v="4145"/>
         <x:n v="1296"/>
         <x:n v="3830"/>
         <x:n v="1218"/>
         <x:n v="17026"/>
         <x:n v="15781"/>
         <x:n v="5124"/>
         <x:n v="30.1"/>
         <x:n v="3893"/>
         <x:n v="1205"/>
         <x:n v="28.9"/>
         <x:n v="9315"/>
         <x:n v="8672"/>
         <x:n v="32.6"/>
         <x:n v="3547"/>
         <x:n v="3216"/>
         <x:n v="1095"/>
         <x:n v="30.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="413882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="377956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="106943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="196751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="179417"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="50603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="105188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="95349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="27720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="62934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="56613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="17980"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="21486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10700"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9242"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6397"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9953"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="10626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6539"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7442"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="12078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="10420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="124315"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="113163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="32231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="11656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="48412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="44331"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="12560"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="15004"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="33408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="31007"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="8369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="17715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16039"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="18138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="12203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="11045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9748"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="61385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="55904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="15496"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="23168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="20773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="18185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="17457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="31431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7779"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="17198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="177252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="164914"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="36058"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="80889"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="75356"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="14979"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="40724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="37763"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="6974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="23922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21961"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="8298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7820"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4318"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3967"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="54013"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="50054"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="11113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5344"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="20504"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19083"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3917"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="14629"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7366"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7684"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="27945"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="6477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="10477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="8514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7876"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="14405"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2907"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="236630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="213042"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="70885"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="115862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="104061"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="35624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="64464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="57586"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="20746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="39012"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="34652"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="13231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="13188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5563"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4904"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5487"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="70302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="63109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="21118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="27908"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25248"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8031"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="18779"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5506"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8673"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="10454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9447"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3139"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6852"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="6257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="33440"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="30091"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="9019"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="12691"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8758"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2626"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4565"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="17026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15781"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="9315"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C1"/>
+    <s v="Total"/>
+    <s v="Number"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C3"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C4"/>
+    <s v="Percentage of persons living alone"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0314C5"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+</pivotCacheRecords>
 </file>