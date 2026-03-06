--- v1 (2026-01-09)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd081fa528ec44dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/491e0c0f2de348b686112ed792a946c5.psmdcp" Id="Rf86bf4622da24cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7cdeae8d2f4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e35f352c1e40401eb71cf76c55b7431e.psmdcp" Id="R5c287c8236824182" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>