--- v0 (2025-11-12)
+++ v1 (2026-02-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b3c80df8ee4f65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/941416121af549f889924301e1c96cd9.psmdcp" Id="Rda3fea7ed8e84f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a938675ee34721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/60a5d8b74b0d4af49935076bed02f54d.psmdcp" Id="R248a1d89de254548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0313</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/4/2020 11:00:00 AM</x:t>
+    <x:t>04/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0313/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -496,363 +496,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02778V03347" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L243" totalsRowShown="0">
   <x:autoFilter ref="A1:L243"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02778V03347"/>
     <x:tableColumn id="8" name="Marital Status of Reference Person"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1125,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0313/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1356,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L243"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10626,51 +10433,51 @@
       <x:c r="I243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>137027</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10687,51 +10494,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L243" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0313"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -11038,27 +10845,3416 @@
         <x:n v="2322"/>
         <x:n v="21164"/>
         <x:n v="112945"/>
         <x:n v="20940"/>
         <x:n v="7067"/>
         <x:n v="2156"/>
         <x:n v="82782"/>
         <x:n v="523429"/>
         <x:n v="341855"/>
         <x:n v="36104"/>
         <x:n v="266121"/>
         <x:n v="3113"/>
         <x:n v="36517"/>
         <x:n v="181574"/>
         <x:n v="27582"/>
         <x:n v="13721"/>
         <x:n v="3244"/>
         <x:n v="137027"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1123238"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="784384"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135483"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="594003"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29814"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="338854"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110252"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="72144"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42664"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="113794"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3528552"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2706974"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="225785"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2372774"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48620"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59795"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="821578"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="207551"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="265941"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="127819"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="220267"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43794"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19240"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16362"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2791"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24554"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22848"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107857"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="46004"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37487"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8367"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61853"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="56927"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75948"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48129"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27363"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27819"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18818"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6709"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="195914"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="125717"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="84731"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="70197"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42432"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20741"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6659"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110627"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80473"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14940"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="63532"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30154"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12510"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11894"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="356113"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="267294"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27545"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="235534"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3946"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="88819"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25906"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43769"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17659"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="123313"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93468"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10659"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="79143"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3385"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29845"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8886"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="477445"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="377589"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18227"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="351000"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="99856"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16118"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53891"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26586"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="122594"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94930"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80566"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27664"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11091"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7985"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="510804"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="416122"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15044"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="389724"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94682"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11325"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50030"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27209"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6118"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="118252"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="93778"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9889"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="78318"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24474"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8655"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="482285"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="404436"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14452"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="377176"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9387"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77849"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8366"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37003"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22134"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10346"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101745"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="80999"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8864"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66975"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20746"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6082"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5032"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4976"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="377673"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="320278"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12293"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="296514"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6998"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4473"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57395"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22808"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13158"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="86443"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67486"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9109"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53622"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18957"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4353"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3061"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7584"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274750"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230271"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12097"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208228"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4329"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44479"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5958"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12481"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19459"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="81519"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="59823"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9448"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45650"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1766"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21696"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12157"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="222282"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177408"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12723"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="155379"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6673"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44874"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7809"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27233"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259003"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146058"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26529"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96043"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21164"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="112945"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20940"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7067"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="82782"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="523429"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="341855"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36104"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="266121"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36517"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="181574"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27582"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13721"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="A0313"/>
+    <s v="1996 Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="137027"/>
+  </r>
+</pivotCacheRecords>
 </file>