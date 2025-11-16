--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd74a08239a4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31e9b41a17e543528a5f3c120cb13eb9.psmdcp" Id="Radb025c20c6a4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16e91f958d844bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6bfdf26179444a2930e623318824db6.psmdcp" Id="Rb5f04a44ea2b4cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>