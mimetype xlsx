--- v1 (2025-11-16)
+++ v2 (2026-03-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16e91f958d844bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6bfdf26179444a2930e623318824db6.psmdcp" Id="Rb5f04a44ea2b4cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52740c06a1542b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30c7c1b132ab46ba9c9104c5bb8c841f.psmdcp" Id="Rded28840cc874c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0207</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0207/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -973,987 +973,320 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...935 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J304" totalsRowShown="0">
   <x:autoFilter ref="A1:J304"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="At Each Year of Age"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2224,51 +1557,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0207/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2455,51 +1788,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J304"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12217,51 +11550,51 @@
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>1407883</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12278,51 +11611,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J304" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0207"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -12842,27 +12175,3664 @@
         <x:n v="29569"/>
         <x:n v="24093"/>
         <x:n v="19231"/>
         <x:n v="15205"/>
         <x:n v="11952"/>
         <x:n v="9344"/>
         <x:n v="7104"/>
         <x:n v="5282"/>
         <x:n v="3884"/>
         <x:n v="2767"/>
         <x:n v="1926"/>
         <x:n v="1354"/>
         <x:n v="887"/>
         <x:n v="619"/>
         <x:n v="436"/>
         <x:n v="319"/>
         <x:n v="209"/>
         <x:n v="1407883"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3577233"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3528659"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3479648"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3429085"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3375693"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3320530"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3265337"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3210389"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3153078"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3092750"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3031332"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2969022"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2904335"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2836417"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2694931"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2623047"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2554115"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2489030"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2427127"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2365854"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2305635"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2247234"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2189471"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2133773"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2079447"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2026834"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1976194"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1925906"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1874728"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1823199"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1770600"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1717893"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1665286"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1613799"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1560830"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1509409"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1459152"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1408666"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358123"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1309004"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1259644"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1212039"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1163389"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117682"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1072161"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1026563"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="980903"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="936126"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="892282"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="849667"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="810969"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="773901"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="738109"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="705635"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="674300"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="642062"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="610953"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="581774"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="551828"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="522724"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="494764"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="467334"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="440202"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="413882"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="387395"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="361177"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="336009"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="311640"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="287073"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263157"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="239718"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217165"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="194984"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="174531"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="154374"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="135624"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119014"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="104936"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="90434"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="77242"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64628"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53429"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43388"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34663"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27259"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21258"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16507"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12745"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9611"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5134"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2766663"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1775001"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1750038"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1724793"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1698788"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1671492"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1642991"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1614720"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1586530"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1557334"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1526157"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1494681"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1462557"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1429371"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1394551"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1321896"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1284828"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1249843"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1216504"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1184830"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1153406"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1122639"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1093021"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1063725"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1035687"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1008317"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="981962"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="956550"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="931725"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="906324"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="881071"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="855419"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="829631"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="803843"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="778589"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="752572"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="727268"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="702367"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="677541"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="652449"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="627998"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="603371"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="579699"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="555366"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="532385"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="509455"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="486736"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="463794"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="441020"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="418569"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="396916"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="377337"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="358456"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="340465"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="323751"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="307788"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291372"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="275655"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="260957"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="245942"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="231410"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="217490"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="203733"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="190295"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="177252"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="164270"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="151548"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="139554"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128285"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116996"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="106143"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95528"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85444"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75775"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="66872"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58195"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50242"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43289"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37447"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31644"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26359"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21578"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17471"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13819"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10570"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8028"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6053"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4555"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1358780"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1802232"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1778621"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1754855"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1730297"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1704201"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1677539"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1650617"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1623859"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1595744"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1566593"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1536651"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1506465"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1474964"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1441866"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1373035"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1338219"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1304272"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1272526"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1242297"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1212448"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1182996"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1154213"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1125746"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1098086"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1071130"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1044872"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1019644"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="994181"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="968404"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="942128"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="915181"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="888262"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="861443"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="835210"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="808258"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="782141"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="756785"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="731125"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="705674"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="681006"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="656273"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="632340"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="608023"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="585297"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562706"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="539827"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="517109"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="495106"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="473713"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="452751"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="433632"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="415445"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="397644"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="381884"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="366512"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="350690"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="335298"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="320817"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="305886"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="291314"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277274"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="263601"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="249907"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="236630"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="223125"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209629"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="196455"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183355"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="170077"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157014"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="144190"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="131721"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="119209"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="107659"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="96179"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="85382"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75725"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67489"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58790"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50883"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43050"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35958"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29569"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19231"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15205"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11952"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3884"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="A0207"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1407883"/>
+  </r>
+</pivotCacheRecords>
 </file>