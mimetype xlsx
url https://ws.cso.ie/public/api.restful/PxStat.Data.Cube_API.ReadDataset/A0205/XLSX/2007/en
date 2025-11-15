--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575a64132e0b4eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb68b1730ff44f7693802d322c97f221.psmdcp" Id="R42988c60d36546a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b7edf1c6a94f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a019059fd1e4fabbacc8796603db4e0.psmdcp" Id="Rd87818f709cf485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>