--- v1 (2025-11-15)
+++ v2 (2026-01-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b7edf1c6a94f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a019059fd1e4fabbacc8796603db4e0.psmdcp" Id="Rd87818f709cf485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd105507e7c4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87f6063a04e4b389f9fa6a6c0e20951.psmdcp" Id="R562bfba8d134456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0205</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0205/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -997,1027 +997,336 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...975 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Last Birthday" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02786V03355" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L613" totalsRowShown="0">
   <x:autoFilter ref="A1:L613"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age Last Birthday"/>
     <x:tableColumn id="7" name="C02786V03355"/>
     <x:tableColumn id="8" name="At Each Year of Age"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2290,51 +1599,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0205/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2521,51 +1830,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L613"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25851,51 +25160,51 @@
       <x:c r="I613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>1825855</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25912,51 +25221,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L613" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="A0205"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="1996 Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26788,27 +26097,8596 @@
         <x:n v="1821971"/>
         <x:n v="1117"/>
         <x:n v="1823088"/>
         <x:n v="841"/>
         <x:n v="1823929"/>
         <x:n v="572"/>
         <x:n v="1824501"/>
         <x:n v="467"/>
         <x:n v="1824968"/>
         <x:n v="268"/>
         <x:n v="1825236"/>
         <x:n v="183"/>
         <x:n v="1825419"/>
         <x:n v="117"/>
         <x:n v="1825536"/>
         <x:n v="110"/>
         <x:n v="1825646"/>
         <x:n v="209"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48854"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48854"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48574"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="97428"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49011"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="146439"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50563"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="197002"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="53392"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="250394"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55163"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="305557"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55193"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="360750"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54948"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="415698"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57311"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="473009"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="533337"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61418"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="594755"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="62310"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="657065"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="64687"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="721752"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="67918"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="789670"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="69754"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="859424"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71732"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="931156"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71884"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1003040"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68932"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1071972"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="65085"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1137057"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61903"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1198960"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="61273"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1260233"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="60219"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1320452"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="58401"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1378853"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57763"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1436616"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="55698"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1492314"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="54326"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1546640"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52613"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1599253"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50640"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1649893"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50288"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1700181"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51178"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1751359"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51529"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1802888"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52599"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1855487"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52707"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1908194"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52607"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1960801"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51487"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2012288"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="52969"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2065257"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="51421"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2116678"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50257"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2166935"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50486"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2217421"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50543"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2267964"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49119"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2317083"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="49360"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2366443"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47605"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2414048"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48650"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2462698"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45707"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2508405"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45521"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2553926"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45598"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2599524"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="45660"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2645184"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="44777"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2689961"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="43844"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2733805"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="42615"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2776420"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="38698"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2815118"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37068"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2852186"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35792"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2887978"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32474"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2920452"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31335"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2951787"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32238"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2984025"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31109"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3015134"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29179"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3044313"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29946"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3074259"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29104"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3103363"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27960"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3131323"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27430"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3158753"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27132"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3185885"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26320"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3212205"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26487"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3238692"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26218"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3264910"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25168"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3290078"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24369"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3314447"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24567"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3339014"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23916"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3362930"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23439"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3386369"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22553"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3408922"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22181"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3431103"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20453"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3451556"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20157"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3471713"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18750"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3490463"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16610"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3507073"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14078"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3521151"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3535653"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13192"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3548845"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12614"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3561459"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11199"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3572658"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10041"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3582699"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3591424"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7404"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3598828"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6001"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3604829"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3609580"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3613342"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3616476"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3618993"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3620953"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3622418"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3623529"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3624309"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3624908"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3625270"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3625510"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3625652"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3625810"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25231"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25231"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24963"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="50194"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25245"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="75439"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26005"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="101444"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27296"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="128740"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28501"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="157241"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28271"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="185512"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28190"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="213702"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29196"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="242898"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31177"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="274075"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31476"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="305551"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="32124"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="337675"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33186"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="370861"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34820"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="405681"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="35771"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="441452"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="36884"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="478336"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="37068"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="515404"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34985"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="550389"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="583728"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31674"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="615402"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31424"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="646826"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30767"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="677593"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29618"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="707211"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29296"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="736507"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28038"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="764545"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27370"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="791915"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26355"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="818270"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25412"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="843682"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24825"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="868507"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25401"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="893908"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25253"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="919161"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25652"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="944813"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25788"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="970601"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25788"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="996389"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25254"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1021643"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26017"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1047660"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25304"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1072964"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24901"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1097865"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24826"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1122691"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25092"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1147783"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24451"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1172234"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24627"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1196861"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23672"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1220533"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24333"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1244866"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22981"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1267847"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22930"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1290777"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22719"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1313496"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22942"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1336438"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22774"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1359212"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22451"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1381663"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21653"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1403316"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19579"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1422895"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18881"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1441776"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17991"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1459767"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16714"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1476481"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15963"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1492444"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1508860"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15717"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1524577"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14698"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1539275"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15015"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1554290"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14532"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1568822"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1582742"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1596499"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13438"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1609937"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13043"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1622980"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12982"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1635962"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1648684"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11994"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1660678"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11269"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1671947"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11289"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1683236"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1694089"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10615"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1704704"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1714788"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9669"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1724457"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1733360"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8677"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1742037"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7953"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1749990"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6953"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1756943"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5842"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1762785"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1768588"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1773873"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1778654"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1782761"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1786413"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1789662"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1792204"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1794179"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1795677"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1796831"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1797725"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1798420"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1798982"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1799330"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1799600"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1799808"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1799940"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800034"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800091"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800116"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800164"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23623"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23623"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23611"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="47234"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23766"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="71000"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24558"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="95558"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26096"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="121654"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26662"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="148316"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26922"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="175238"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26758"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="201996"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28115"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="230111"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29151"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="259262"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29942"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="289204"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30186"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="319390"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31501"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="350891"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33098"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="383989"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33983"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="417972"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34848"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="452820"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="34816"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="487636"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="33947"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="521583"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="31746"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="553329"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="30229"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="583558"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29849"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="613407"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="29452"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="642859"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28783"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="671642"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="28467"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="700109"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="27660"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="727769"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26956"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="754725"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26258"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="780983"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25228"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="806211"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25463"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="831674"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25777"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="857451"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26276"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="883727"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26947"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="910674"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26919"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="937593"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26819"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="964412"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26233"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="990645"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1017597"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="26117"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1043714"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25356"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1069070"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25660"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1094730"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="25451"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1120181"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24668"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1144849"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24733"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1169582"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="23933"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1193515"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="24317"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1217832"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22726"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1240558"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22591"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1263149"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22879"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1286028"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22718"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1308746"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="22003"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1330749"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="21393"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1352142"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="20962"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1373104"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="19119"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1392223"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="18187"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1410410"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="17801"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1428211"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15760"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1443971"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15372"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1459343"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15822"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1475165"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="15392"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1490557"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14481"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1505038"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14931"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1519969"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14572"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1534541"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="14040"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1548581"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13673"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1562254"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13694"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1575948"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13277"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1589225"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13505"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1602730"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13496"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1616226"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13174"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1629400"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1642500"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13278"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1655778"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="13063"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1668841"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12824"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1681665"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12469"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1694134"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="12512"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1706646"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11550"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1718196"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="11480"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1729676"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="10797"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1740473"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="9657"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1750130"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1758366"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="8699"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1767065"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1774972"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1782805"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="7092"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1789897"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="6389"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1796286"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="5476"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1801762"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1806624"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1810650"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1813903"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1816511"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1818751"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1820573"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1821971"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1117"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1823088"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1823929"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1824501"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1824968"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825236"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825419"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825536"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825646"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="A0205"/>
+    <s v="1996 Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+</pivotCacheRecords>
 </file>