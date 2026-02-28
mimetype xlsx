--- v2 (2026-01-08)
+++ v3 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd105507e7c4c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a87f6063a04e4b389f9fa6a6c0e20951.psmdcp" Id="R562bfba8d134456f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf160bebcd04879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd40bc78236b49c2afcbf8a08c1c666e.psmdcp" Id="Rc579867ab12d412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>