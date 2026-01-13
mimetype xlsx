--- v0 (2025-11-06)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0cd61528c5400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/288681594f8c40cda53dfc3f9a85f81e.psmdcp" Id="R4f9225b78c16476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee833f2aa654c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0348ca38c0c4005a51191004b361943.psmdcp" Id="R11031732a9054f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0109</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population and Representatives Assigned to Each Local Electoral Area</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0109/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P1</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 1 - Population Classified by Area 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1432,1579 +1432,462 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1527 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02754V03323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="177">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+      </items>
+    </pivotField>
+    <pivotField name="Local Electoral Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="177">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H709" totalsRowShown="0">
   <x:autoFilter ref="A1:H709"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02754V03323"/>
     <x:tableColumn id="2" name="Local Electoral Area"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3273,51 +2156,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0109/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3504,51 +2387,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H709"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -21970,51 +20853,51 @@
       <x:c r="E709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H709" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22031,51 +20914,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H709" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02754V03323">
       <x:sharedItems count="177">
         <x:s v="001"/>
         <x:s v="X24"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="006"/>
         <x:s v="007"/>
         <x:s v="009"/>
         <x:s v="010"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="X25"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="015"/>
         <x:s v="016"/>
         <x:s v="X26"/>
         <x:s v="030"/>
         <x:s v="031"/>
         <x:s v="X29"/>
         <x:s v="032"/>
         <x:s v="033"/>
@@ -22969,27 +21852,7108 @@
         <x:n v="11487"/>
         <x:n v="36613"/>
         <x:n v="18129"/>
         <x:n v="18484"/>
         <x:n v="15919"/>
         <x:n v="8210"/>
         <x:n v="7709"/>
         <x:n v="12939"/>
         <x:n v="6644"/>
         <x:n v="6295"/>
         <x:n v="11641"/>
         <x:n v="5977"/>
         <x:n v="10253"/>
         <x:n v="5200"/>
         <x:n v="5053"/>
         <x:n v="16480"/>
         <x:n v="8337"/>
         <x:n v="8143"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7486"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3623"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Borris, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X24"/>
+    <s v="Carlow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15595"/>
+  </r>
+  <r>
+    <s v="X24"/>
+    <s v="Carlow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7672"/>
+  </r>
+  <r>
+    <s v="X24"/>
+    <s v="Carlow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="X24"/>
+    <s v="Carlow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9840"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5123"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4717"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Muinebeag, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8695"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Tullow, Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="37204"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18240"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18964"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Artane, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33907"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16430"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17477"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Ballyfermot, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32182"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15175"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17007"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Cabra - Glasnevin, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="49150"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22825"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="26325"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="Clontarf, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="34213"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16123"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18090"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Crumlin - Kimmage, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="47375"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="23287"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24088"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Donaghmede, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X25"/>
+    <s v="Drumcondra, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43568"/>
+  </r>
+  <r>
+    <s v="X25"/>
+    <s v="Drumcondra, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20230"/>
+  </r>
+  <r>
+    <s v="X25"/>
+    <s v="Drumcondra, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="23338"/>
+  </r>
+  <r>
+    <s v="X25"/>
+    <s v="Drumcondra, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32779"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16664"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Finglas, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="44518"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="22085"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="22433"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="North Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="44115"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19491"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="24624"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Pembroke, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39419"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17554"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21865"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Rathmines, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X26"/>
+    <s v="South Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43424"/>
+  </r>
+  <r>
+    <s v="X26"/>
+    <s v="South Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20846"/>
+  </r>
+  <r>
+    <s v="X26"/>
+    <s v="South Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="22578"/>
+  </r>
+  <r>
+    <s v="X26"/>
+    <s v="South Inner City, Dublin City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32880"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15959"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16921"/>
+  </r>
+  <r>
+    <s v="030"/>
+    <s v="Ballybrack, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26453"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12363"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14090"/>
+  </r>
+  <r>
+    <s v="031"/>
+    <s v="Blackrock, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X29"/>
+    <s v="Clonskeagh, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18155"/>
+  </r>
+  <r>
+    <s v="X29"/>
+    <s v="Clonskeagh, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="X29"/>
+    <s v="Clonskeagh, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9839"/>
+  </r>
+  <r>
+    <s v="X29"/>
+    <s v="Clonskeagh, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22826"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="032"/>
+    <s v="Dundrum, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32901"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15139"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17762"/>
+  </r>
+  <r>
+    <s v="033"/>
+    <s v="Dún Laoghaire, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31514"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15445"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16069"/>
+  </r>
+  <r>
+    <s v="034"/>
+    <s v="Glencullen, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12022"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13248"/>
+  </r>
+  <r>
+    <s v="035"/>
+    <s v="Stillorgan, Dún Laoghaire-Rathdown"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30989"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15488"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15501"/>
+  </r>
+  <r>
+    <s v="024"/>
+    <s v="Balbriggan, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26707"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12970"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13737"/>
+  </r>
+  <r>
+    <s v="025"/>
+    <s v="Castleknock, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22249"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10815"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11434"/>
+  </r>
+  <r>
+    <s v="026"/>
+    <s v="Howth, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26870"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13429"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13441"/>
+  </r>
+  <r>
+    <s v="027"/>
+    <s v="Malahide, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28986"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14092"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14894"/>
+  </r>
+  <r>
+    <s v="028"/>
+    <s v="Mulhuddart, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31882"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15926"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15956"/>
+  </r>
+  <r>
+    <s v="029"/>
+    <s v="Swords, Fingal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="35309"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17371"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17938"/>
+  </r>
+  <r>
+    <s v="019"/>
+    <s v="Clondalkin, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="X27"/>
+    <s v="Greenhills, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26178"/>
+  </r>
+  <r>
+    <s v="X27"/>
+    <s v="Greenhills, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13026"/>
+  </r>
+  <r>
+    <s v="X27"/>
+    <s v="Greenhills, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13152"/>
+  </r>
+  <r>
+    <s v="X27"/>
+    <s v="Greenhills, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="39463"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="19522"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="19941"/>
+  </r>
+  <r>
+    <s v="020"/>
+    <s v="Lucan, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X28"/>
+    <s v="Terenure, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27649"/>
+  </r>
+  <r>
+    <s v="X28"/>
+    <s v="Terenure, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13259"/>
+  </r>
+  <r>
+    <s v="X28"/>
+    <s v="Terenure, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14390"/>
+  </r>
+  <r>
+    <s v="X28"/>
+    <s v="Terenure, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="34731"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17183"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="17548"/>
+  </r>
+  <r>
+    <s v="X09"/>
+    <s v="Rathfarnham, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27569"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13604"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13965"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Tallaght - Central, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27829"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13445"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14384"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Tallaght - South, South Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16625"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8433"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8192"/>
+  </r>
+  <r>
+    <s v="036"/>
+    <s v="Athy, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="36816"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18309"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18507"/>
+  </r>
+  <r>
+    <s v="037"/>
+    <s v="Celbridge, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20418"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10566"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9852"/>
+  </r>
+  <r>
+    <s v="038"/>
+    <s v="Clane, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20819"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10476"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10343"/>
+  </r>
+  <r>
+    <s v="039"/>
+    <s v="Kildare, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="40314"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20223"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20091"/>
+  </r>
+  <r>
+    <s v="041"/>
+    <s v="Naas, Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13855"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7084"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="042"/>
+    <s v="Ballyragget, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11095"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5728"/>
+  </r>
+  <r>
+    <s v="044"/>
+    <s v="Kilkenny, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19322"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9944"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="045"/>
+    <s v="Piltown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16237"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8322"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7915"/>
+  </r>
+  <r>
+    <s v="046"/>
+    <s v="Thomastown, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X30"/>
+    <s v="Tullaroan, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14827"/>
+  </r>
+  <r>
+    <s v="X30"/>
+    <s v="Tullaroan, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7427"/>
+  </r>
+  <r>
+    <s v="X30"/>
+    <s v="Tullaroan, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="X30"/>
+    <s v="Tullaroan, Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13289"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6928"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="047"/>
+    <s v="Borris-in-Ossory, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8988"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="048"/>
+    <s v="Emo, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8962"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4311"/>
+  </r>
+  <r>
+    <s v="049"/>
+    <s v="Luggacurren, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12758"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6426"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="051"/>
+    <s v="Portlaoise, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X31"/>
+    <s v="Tinnahinch, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8948"/>
+  </r>
+  <r>
+    <s v="X31"/>
+    <s v="Tinnahinch, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="X31"/>
+    <s v="Tinnahinch, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="X31"/>
+    <s v="Tinnahinch, Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7951"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="052"/>
+    <s v="Ballymahon, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="3992"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="053"/>
+    <s v="Drumlish, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2072"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="054"/>
+    <s v="Granard, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9721"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="055"/>
+    <s v="Longford, Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X32"/>
+    <s v="Ballinalee,Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="X32"/>
+    <s v="Ballinalee,Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2262"/>
+  </r>
+  <r>
+    <s v="X32"/>
+    <s v="Ballinalee,Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="X32"/>
+    <s v="Ballinalee,Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16694"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="056"/>
+    <s v="Ardee, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X33"/>
+    <s v="Carlingford, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10185"/>
+  </r>
+  <r>
+    <s v="X33"/>
+    <s v="Carlingford, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="X33"/>
+    <s v="Carlingford, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5049"/>
+  </r>
+  <r>
+    <s v="X33"/>
+    <s v="Carlingford, Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="X34"/>
+    <s v="Drogheda (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="X34"/>
+    <s v="Drogheda (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="X34"/>
+    <s v="Drogheda (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7517"/>
+  </r>
+  <r>
+    <s v="X34"/>
+    <s v="Drogheda (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X35"/>
+    <s v="Drogheda (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14459"/>
+  </r>
+  <r>
+    <s v="X35"/>
+    <s v="Drogheda (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7004"/>
+  </r>
+  <r>
+    <s v="X35"/>
+    <s v="Drogheda (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="X35"/>
+    <s v="Drogheda (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X36"/>
+    <s v="Dundalk (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="X36"/>
+    <s v="Dundalk (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9639"/>
+  </r>
+  <r>
+    <s v="X36"/>
+    <s v="Dundalk (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9890"/>
+  </r>
+  <r>
+    <s v="X36"/>
+    <s v="Dundalk (Rural), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="X37"/>
+    <s v="Dundalk (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16713"/>
+  </r>
+  <r>
+    <s v="X37"/>
+    <s v="Dundalk (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8180"/>
+  </r>
+  <r>
+    <s v="X37"/>
+    <s v="Dundalk (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8533"/>
+  </r>
+  <r>
+    <s v="X37"/>
+    <s v="Dundalk (Urban), Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21620"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11077"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10543"/>
+  </r>
+  <r>
+    <s v="062"/>
+    <s v="Dunshaughlin, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25926"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13004"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12922"/>
+  </r>
+  <r>
+    <s v="061"/>
+    <s v="Kells, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26230"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13130"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13100"/>
+  </r>
+  <r>
+    <s v="063"/>
+    <s v="Navan, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9411"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9230"/>
+  </r>
+  <r>
+    <s v="064"/>
+    <s v="Slane, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17315"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8718"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8597"/>
+  </r>
+  <r>
+    <s v="065"/>
+    <s v="Trim, Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13365"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6905"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6460"/>
+  </r>
+  <r>
+    <s v="066"/>
+    <s v="Birr, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14802"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7530"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7272"/>
+  </r>
+  <r>
+    <s v="067"/>
+    <s v="Edenderry, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12116"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5866"/>
+  </r>
+  <r>
+    <s v="068"/>
+    <s v="Ferbane, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18834"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9318"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="069"/>
+    <s v="Tullamore, Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20718"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10092"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10626"/>
+  </r>
+  <r>
+    <s v="070"/>
+    <s v="Athlone, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9810"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5022"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="071"/>
+    <s v="Coole, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10191"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4963"/>
+  </r>
+  <r>
+    <s v="072"/>
+    <s v="Kilbeggan, Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X38"/>
+    <s v="Mullingar (Lough Owel), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12621"/>
+  </r>
+  <r>
+    <s v="X38"/>
+    <s v="Mullingar (Lough Owel), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="X38"/>
+    <s v="Mullingar (Lough Owel), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="X38"/>
+    <s v="Mullingar (Lough Owel), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X39"/>
+    <s v="Mullingar (Urban), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9974"/>
+  </r>
+  <r>
+    <s v="X39"/>
+    <s v="Mullingar (Urban), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="X39"/>
+    <s v="Mullingar (Urban), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="X39"/>
+    <s v="Mullingar (Urban), Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25265"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12657"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12608"/>
+  </r>
+  <r>
+    <s v="075"/>
+    <s v="Enniscorthy, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24008"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12227"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11781"/>
+  </r>
+  <r>
+    <s v="076"/>
+    <s v="Gorey, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23013"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11596"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11417"/>
+  </r>
+  <r>
+    <s v="077"/>
+    <s v="New Ross, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="32085"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15952"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16133"/>
+  </r>
+  <r>
+    <s v="078"/>
+    <s v="Wexford, Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19754"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10059"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9695"/>
+  </r>
+  <r>
+    <s v="079"/>
+    <s v="Arklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12749"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6490"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6259"/>
+  </r>
+  <r>
+    <s v="080"/>
+    <s v="Baltinglass, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="25252"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12133"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13119"/>
+  </r>
+  <r>
+    <s v="081"/>
+    <s v="Bray, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21153"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10360"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10793"/>
+  </r>
+  <r>
+    <s v="082"/>
+    <s v="Greystones, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23775"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11781"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11994"/>
+  </r>
+  <r>
+    <s v="083"/>
+    <s v="Wicklow, Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12261"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5919"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6342"/>
+  </r>
+  <r>
+    <s v="084"/>
+    <s v="Ennis, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13040"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6692"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6348"/>
+  </r>
+  <r>
+    <s v="085"/>
+    <s v="Ennistimon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21218"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10810"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10408"/>
+  </r>
+  <r>
+    <s v="086"/>
+    <s v="Killaloe, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14293"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7374"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6919"/>
+  </r>
+  <r>
+    <s v="087"/>
+    <s v="Kilrush, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X40"/>
+    <s v="Milltownmalbay, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16541"/>
+  </r>
+  <r>
+    <s v="X40"/>
+    <s v="Milltownmalbay, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8517"/>
+  </r>
+  <r>
+    <s v="X40"/>
+    <s v="Milltownmalbay, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="X40"/>
+    <s v="Milltownmalbay, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16653"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8477"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8176"/>
+  </r>
+  <r>
+    <s v="089"/>
+    <s v="Shannon, Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18913"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9311"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9602"/>
+  </r>
+  <r>
+    <s v="090"/>
+    <s v="Cork North-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18055"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8846"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9209"/>
+  </r>
+  <r>
+    <s v="091"/>
+    <s v="Cork North-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23381"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11140"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12241"/>
+  </r>
+  <r>
+    <s v="092"/>
+    <s v="Cork North-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16407"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7849"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8558"/>
+  </r>
+  <r>
+    <s v="093"/>
+    <s v="Cork South-Central, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28849"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13729"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="094"/>
+    <s v="Cork South-East, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21582"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10379"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11203"/>
+  </r>
+  <r>
+    <s v="095"/>
+    <s v="Cork South-West, Cork City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="43404"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21960"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21444"/>
+  </r>
+  <r>
+    <s v="096"/>
+    <s v="Bandon, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="X41"/>
+    <s v="Cork East, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30891"/>
+  </r>
+  <r>
+    <s v="X41"/>
+    <s v="Cork East, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="X41"/>
+    <s v="Cork East, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15282"/>
+  </r>
+  <r>
+    <s v="X41"/>
+    <s v="Cork East, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="X42"/>
+    <s v="Cork South, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="58362"/>
+  </r>
+  <r>
+    <s v="X42"/>
+    <s v="Cork South, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="28872"/>
+  </r>
+  <r>
+    <s v="X42"/>
+    <s v="Cork South, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="29490"/>
+  </r>
+  <r>
+    <s v="X42"/>
+    <s v="Cork South, Cork County"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28531"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13987"/>
+  </r>
+  <r>
+    <s v="101"/>
+    <s v="Kanturk, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="42703"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="21489"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="21214"/>
+  </r>
+  <r>
+    <s v="103"/>
+    <s v="Mallow, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="41108"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="20798"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="20310"/>
+  </r>
+  <r>
+    <s v="104"/>
+    <s v="Midleton, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30229"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15381"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14848"/>
+  </r>
+  <r>
+    <s v="105"/>
+    <s v="Skibbereen, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="X43"/>
+    <s v="Skull, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18095"/>
+  </r>
+  <r>
+    <s v="X43"/>
+    <s v="Skull, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9270"/>
+  </r>
+  <r>
+    <s v="X43"/>
+    <s v="Skull, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8825"/>
+  </r>
+  <r>
+    <s v="X43"/>
+    <s v="Skull, Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="31385"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15849"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15536"/>
+  </r>
+  <r>
+    <s v="107"/>
+    <s v="Killarney, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23832"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12351"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11481"/>
+  </r>
+  <r>
+    <s v="108"/>
+    <s v="Killorglin, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="X44"/>
+    <s v="Mid-Kerry, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26554"/>
+  </r>
+  <r>
+    <s v="X44"/>
+    <s v="Mid-Kerry, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="13587"/>
+  </r>
+  <r>
+    <s v="X44"/>
+    <s v="Mid-Kerry, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12967"/>
+  </r>
+  <r>
+    <s v="X44"/>
+    <s v="Mid-Kerry, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21540"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10994"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10546"/>
+  </r>
+  <r>
+    <s v="109"/>
+    <s v="Listowel, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22819"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11020"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11799"/>
+  </r>
+  <r>
+    <s v="110"/>
+    <s v="Tralee, Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11337"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5857"/>
+  </r>
+  <r>
+    <s v="111"/>
+    <s v="Limerick No. 1, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18066"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8664"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9402"/>
+  </r>
+  <r>
+    <s v="112"/>
+    <s v="Limerick No. 2, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11850"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5929"/>
+  </r>
+  <r>
+    <s v="113"/>
+    <s v="Limerick No. 3, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10786"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5759"/>
+  </r>
+  <r>
+    <s v="114"/>
+    <s v="Limerick No. 4, Limerick City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="30493"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15013"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="15480"/>
+  </r>
+  <r>
+    <s v="115"/>
+    <s v="Bruff, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29750"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="15329"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14421"/>
+  </r>
+  <r>
+    <s v="116"/>
+    <s v="Castleconnell, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16830"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8105"/>
+  </r>
+  <r>
+    <s v="117"/>
+    <s v="Kilmallock, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19041"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9376"/>
+  </r>
+  <r>
+    <s v="118"/>
+    <s v="Newcastle, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16889"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="119"/>
+    <s v="Rathkeale, Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10963"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5677"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="120"/>
+    <s v="Borrisokane, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="19350"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9776"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9574"/>
+  </r>
+  <r>
+    <s v="121"/>
+    <s v="Nenagh, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13476"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6883"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="122"/>
+    <s v="Templemore, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14232"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6954"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7278"/>
+  </r>
+  <r>
+    <s v="123"/>
+    <s v="Thurles, North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14606"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="124"/>
+    <s v="Cahir, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12857"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6611"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="125"/>
+    <s v="Cashel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17006"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8372"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8634"/>
+  </r>
+  <r>
+    <s v="126"/>
+    <s v="Clonmel, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17281"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8879"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="127"/>
+    <s v="Fethard, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13764"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7034"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6730"/>
+  </r>
+  <r>
+    <s v="128"/>
+    <s v="Tipperary, South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11183"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="129"/>
+    <s v="Waterford No. 1, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14916"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="130"/>
+    <s v="Waterford No. 2, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16441"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8070"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8371"/>
+  </r>
+  <r>
+    <s v="131"/>
+    <s v="Waterford No. 3, Waterford City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15346"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="132"/>
+    <s v="Dungarvan, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11390"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5839"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="133"/>
+    <s v="Kilmacthomas, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7406"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="134"/>
+    <s v="Lismore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="17998"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9101"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="136"/>
+    <s v="Tramore, Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="26197"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12501"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13696"/>
+  </r>
+  <r>
+    <s v="137"/>
+    <s v="Galway No. 1, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="22496"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10488"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12008"/>
+  </r>
+  <r>
+    <s v="138"/>
+    <s v="Galway No. 2, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8548"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="139"/>
+    <s v="Galway No. 3, Galway City"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21451"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10388"/>
+  </r>
+  <r>
+    <s v="140"/>
+    <s v="Ballinasloe, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20707"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10656"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10051"/>
+  </r>
+  <r>
+    <s v="141"/>
+    <s v="Connemara, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="28433"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14643"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13790"/>
+  </r>
+  <r>
+    <s v="142"/>
+    <s v="Loughrea, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="33593"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="17150"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="16443"/>
+  </r>
+  <r>
+    <s v="143"/>
+    <s v="Oranmore, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="27429"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14044"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="13385"/>
+  </r>
+  <r>
+    <s v="144"/>
+    <s v="Tuam, Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3481"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3190"/>
+  </r>
+  <r>
+    <s v="145"/>
+    <s v="Ballinamore, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6975"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="146"/>
+    <s v="Carrick-on-Shannon, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2691"/>
+  </r>
+  <r>
+    <s v="147"/>
+    <s v="Dromahaire, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="148"/>
+    <s v="Manorhamilton, Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="21654"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10672"/>
+  </r>
+  <r>
+    <s v="149"/>
+    <s v="Ballina, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="20987"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="10537"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="10450"/>
+  </r>
+  <r>
+    <s v="152"/>
+    <s v="Castlebar, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24226"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12315"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11911"/>
+  </r>
+  <r>
+    <s v="153"/>
+    <s v="Claremorris, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="X45"/>
+    <s v="Killala, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12150"/>
+  </r>
+  <r>
+    <s v="X45"/>
+    <s v="Killala, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="X45"/>
+    <s v="Killala, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5996"/>
+  </r>
+  <r>
+    <s v="X45"/>
+    <s v="Killala, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13644"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6864"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="154"/>
+    <s v="Swinford, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="18863"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="155"/>
+    <s v="Westport, Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10718"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5221"/>
+  </r>
+  <r>
+    <s v="156"/>
+    <s v="Athlone, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3661"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="157"/>
+    <s v="Ballaghaderreen, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="158"/>
+    <s v="Boyle, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="159"/>
+    <s v="Castlerea, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5355"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="160"/>
+    <s v="Roscommon, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="8114"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3920"/>
+  </r>
+  <r>
+    <s v="161"/>
+    <s v="Strokestown, Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14404"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7049"/>
+  </r>
+  <r>
+    <s v="162"/>
+    <s v="Ballymote, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="4029"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="163"/>
+    <s v="Dromore, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="13524"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6561"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6963"/>
+  </r>
+  <r>
+    <s v="164"/>
+    <s v="Sligo Drumcliff, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12745"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6835"/>
+  </r>
+  <r>
+    <s v="165"/>
+    <s v="Sligo Strandhill, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="7466"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="166"/>
+    <s v="Tobercurry, Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="7649"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="167"/>
+    <s v="Bailieborough, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11853"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6189"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5664"/>
+  </r>
+  <r>
+    <s v="168"/>
+    <s v="Ballyjamesduff, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="9887"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5157"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="169"/>
+    <s v="Belturbet, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16370"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8084"/>
+  </r>
+  <r>
+    <s v="170"/>
+    <s v="Cavan, Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="29339"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="14787"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="14552"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="Donegal, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="24630"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12388"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="12242"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="Glenties, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="23493"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="12006"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="11487"/>
+  </r>
+  <r>
+    <s v="173"/>
+    <s v="Inishowen, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="36613"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="18129"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="18484"/>
+  </r>
+  <r>
+    <s v="174"/>
+    <s v="Letterkenny, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="15919"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8210"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="7709"/>
+  </r>
+  <r>
+    <s v="175"/>
+    <s v="Millford, Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="12939"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="177"/>
+    <s v="Carrickmacross, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="11641"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5977"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5664"/>
+  </r>
+  <r>
+    <s v="178"/>
+    <s v="Castleblayney, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="10253"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="5053"/>
+  </r>
+  <r>
+    <s v="179"/>
+    <s v="Clones, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="16480"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="8337"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="8143"/>
+  </r>
+  <r>
+    <s v="180"/>
+    <s v="Monaghan, Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0109C4"/>
+    <s v="Representatives assigned to each Local Electoral Area"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+</pivotCacheRecords>
 </file>