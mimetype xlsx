--- v1 (2026-01-13)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee833f2aa654c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0348ca38c0c4005a51191004b361943.psmdcp" Id="R11031732a9054f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3975ff55224fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79dd7bce42154dc0825bd53cfbe7ce56.psmdcp" Id="Rdfbb796153d74a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>