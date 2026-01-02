--- v0 (2025-11-12)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbcac89b0e234e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f8f511cab20437fba2521117c7f24fd.psmdcp" Id="Rc2fd38aba82d4f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd3c4a2c47d415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15a82761a1c0480fb3f6783deebbbc72.psmdcp" Id="Ra3e8b7c48f5042bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>A0108</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>1996 Population per Member of Dáil Éireann</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/1/2020 11:00:00 AM</x:t>
+    <x:t>01/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0108/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C1996P1</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 1 - Population Classified by Area 1996</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -628,507 +628,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02696V03264" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="42">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+      </items>
+    </pivotField>
+    <pivotField name="Constituency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="42">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H211" totalsRowShown="0">
   <x:autoFilter ref="A1:H211"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02696V03264"/>
     <x:tableColumn id="2" name="Constituency"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1397,51 +1084,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/A0108/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1628,51 +1315,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H211"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="22.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -7146,51 +6833,51 @@
       <x:c r="E211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>21844</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7207,51 +6894,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H211" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02696V03264">
       <x:sharedItems count="42">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="16"/>
         <x:s v="17"/>
         <x:s v="18"/>
         <x:s v="19"/>
         <x:s v="20"/>
         <x:s v="21"/>
         <x:s v="22"/>
@@ -7516,27 +7203,2128 @@
         <x:n v="21218"/>
         <x:n v="63024"/>
         <x:n v="31569"/>
         <x:n v="31455"/>
         <x:n v="21008"/>
         <x:n v="107645"/>
         <x:n v="53047"/>
         <x:n v="54598"/>
         <x:n v="21529"/>
         <x:n v="60873"/>
         <x:n v="31225"/>
         <x:n v="29648"/>
         <x:n v="20291"/>
         <x:n v="3626087"/>
         <x:n v="1800232"/>
         <x:n v="1825855"/>
         <x:n v="166"/>
         <x:n v="21844"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="113543"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="57465"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="56078"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow-Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22709"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="104257"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="53439"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="50818"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Cavan-Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20851"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="90530"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="46063"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="44467"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22632"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="81830"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="41291"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="40539"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Cork East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20458"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="102981"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="50408"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="52573"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Cork North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="59794"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="30559"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="29235"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Cork North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="19931"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="113227"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="55164"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="58063"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Cork South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22645"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="62678"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31755"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="30923"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Cork South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="67691"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="33696"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Donegal North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22564"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="62303"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31525"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="30778"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Donegal South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20768"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="91414"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="44083"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="47331"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Dublin Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22854"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="90539"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="45250"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="45289"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Dublin North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22635"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="87556"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="41451"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="46105"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Dublin North-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21889"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="80303"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="39411"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="40892"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Dublin North-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20076"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="83366"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="40039"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="43327"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Dublin North-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20842"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="117127"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="56472"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="60655"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="17"/>
+    <s v="Dublin South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="23425"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="87090"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="40947"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="46143"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Dublin South-Central"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21772"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="95466"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="43281"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="52185"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Dublin South-East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="23866"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="111350"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="54927"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="56423"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Dublin South-West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22270"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="101240"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="49582"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="51658"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Dublin West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="25310"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="112813"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="53523"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="59290"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Dún Laoghaire"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22563"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="79728"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="40938"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="38790"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Galway East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="19932"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="109126"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="53591"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="55535"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Galway West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21825"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="63106"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="32232"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="30874"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Kerry South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21035"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="72658"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="36545"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="36113"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="27"/>
+    <s v="Kildare North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="24219"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="62334"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31462"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="30872"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="28"/>
+    <s v="Kildare South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20778"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="112062"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="57163"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="54899"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="29"/>
+    <s v="Laois-Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22412"/>
+  </r>
+  <r>
+    <s v="321"/>
+    <s v="Longford-Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="82141"/>
+  </r>
+  <r>
+    <s v="321"/>
+    <s v="Longford-Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="42163"/>
+  </r>
+  <r>
+    <s v="321"/>
+    <s v="Longford-Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="39978"/>
+  </r>
+  <r>
+    <s v="321"/>
+    <s v="Longford-Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="321"/>
+    <s v="Longford-Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20535"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="92166"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="45641"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="46525"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="23042"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="111524"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="56371"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="55153"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="34"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22305"/>
+  </r>
+  <r>
+    <s v="361"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="109732"/>
+  </r>
+  <r>
+    <s v="361"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="55340"/>
+  </r>
+  <r>
+    <s v="361"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="54392"/>
+  </r>
+  <r>
+    <s v="361"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="361"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21946"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="80878"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="40792"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="40086"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="381"/>
+    <s v="Sligo-Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20220"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="67417"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="34140"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="33277"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="39"/>
+    <s v="Tipperary North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22472"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="67605"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="34185"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="33420"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tipperary South"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="22535"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="93193"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="46579"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="46614"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="415"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="63314"/>
+  </r>
+  <r>
+    <s v="415"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31599"/>
+  </r>
+  <r>
+    <s v="415"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="31715"/>
+  </r>
+  <r>
+    <s v="415"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="415"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21105"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="104371"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="52432"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="51939"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20874"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="106092"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="52588"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="53504"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21218"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Kerry North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="63024"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Kerry North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31569"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Kerry North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="31455"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Kerry North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Kerry North"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21008"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Limerick East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="107645"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Limerick East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="53047"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Limerick East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="54598"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Limerick East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="Limerick East"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21529"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Limerick West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="60873"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Limerick West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="31225"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Limerick West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="29648"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Limerick West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="46"/>
+    <s v="Limerick West"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="20291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C1"/>
+    <s v="Persons"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C2"/>
+    <s v="Males"/>
+    <s v="Number"/>
+    <n v="1800232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C3"/>
+    <s v="Females"/>
+    <s v="Number"/>
+    <n v="1825855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C4"/>
+    <s v="Number of members"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="A0108C5"/>
+    <s v="Population per member"/>
+    <s v="Number"/>
+    <n v="21844"/>
+  </r>
+</pivotCacheRecords>
 </file>