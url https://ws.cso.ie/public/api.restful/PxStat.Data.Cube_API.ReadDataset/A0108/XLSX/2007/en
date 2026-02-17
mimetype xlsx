--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd3c4a2c47d415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/15a82761a1c0480fb3f6783deebbbc72.psmdcp" Id="Ra3e8b7c48f5042bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31220ffbd9d47c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3968bfb8744049419ad296596d924f97.psmdcp" Id="R22652eb5238042d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>